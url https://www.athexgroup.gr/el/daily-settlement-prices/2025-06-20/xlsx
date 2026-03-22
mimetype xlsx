--- v1 (2025-12-22)
+++ v2 (2026-03-22)
@@ -287,81 +287,81 @@
   <si>
     <t>FTSE/Athex Large Cap</t>
   </si>
   <si>
     <t>GRI99201A006</t>
   </si>
   <si>
     <t>ΚΟΥΕΣ</t>
   </si>
   <si>
     <t>QUEST HOLDINGS S.A.</t>
   </si>
   <si>
     <t>GRS310003009</t>
   </si>
   <si>
     <t>ΟΤΟΕΛ</t>
   </si>
   <si>
     <t>AUTOHELLAS S.A.</t>
   </si>
   <si>
     <t>GRS337003008</t>
   </si>
   <si>
-    <t>ΙΝΛΟΤ</t>
-[...2 lines deleted...]
-    <t>INTRALOT S.A.</t>
+    <t>BYLOT</t>
+  </si>
+  <si>
+    <t>BALLY'S INTRALOT S.A.</t>
   </si>
   <si>
     <t>GRS343313003</t>
   </si>
   <si>
     <t>ΕΥΔΑΠ</t>
   </si>
   <si>
     <t>ATHENS WATER SUPPLY &amp; SEWAGE Co.</t>
   </si>
   <si>
     <t>GRS359353000</t>
   </si>
   <si>
     <t>ΕΧΑΕ</t>
   </si>
   <si>
     <t>HELLENIC EXCHANGES - ATHENS STOCK EXCHANGE S.A.</t>
   </si>
   <si>
     <t>GRS395363005</t>
   </si>
   <si>
-    <t>ΟΠΑΠ</t>
-[...2 lines deleted...]
-    <t>GREEK ORGANISATION OF FOOTBALL PROGNOSTICS S.A.</t>
+    <t>ALWN</t>
+  </si>
+  <si>
+    <t>Allwyn AG</t>
   </si>
   <si>
     <t>GRS419003009</t>
   </si>
   <si>
     <t>ΜΟΗ</t>
   </si>
   <si>
     <t>MOTOR OIL (HELLAS) CORINTH REFINERIES SA</t>
   </si>
   <si>
     <t>GRS426003000</t>
   </si>
   <si>
     <t>AKTR</t>
   </si>
   <si>
     <t>AKTOR S.A. HOLD. CO. TECHNICAL AND ENERGY PROJECTS</t>
   </si>
   <si>
     <t>GRS432003028</t>
   </si>
   <si>
     <t>ΔΕΗ</t>
   </si>