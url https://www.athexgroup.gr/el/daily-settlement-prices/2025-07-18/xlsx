--- v1 (2025-12-22)
+++ v2 (2026-03-22)
@@ -77,54 +77,54 @@
   <si>
     <t>NAT. BANK OF GREECE SA</t>
   </si>
   <si>
     <t>GRS003003035</t>
   </si>
   <si>
     <t>ΔΕΗ</t>
   </si>
   <si>
     <t>PUBLIC POWER CORPORATION SA</t>
   </si>
   <si>
     <t>GRS434003000</t>
   </si>
   <si>
     <t>FTSE</t>
   </si>
   <si>
     <t>FTSE/Athex Large Cap</t>
   </si>
   <si>
     <t>GRI99201A006</t>
   </si>
   <si>
-    <t>ΟΠΑΠ</t>
-[...2 lines deleted...]
-    <t>GREEK ORGANISATION OF FOOTBALL PROGNOSTICS S.A.</t>
+    <t>ALWN</t>
+  </si>
+  <si>
+    <t>Allwyn AG</t>
   </si>
   <si>
     <t>GRS419003009</t>
   </si>
   <si>
     <t>ΠΕΙΡ</t>
   </si>
   <si>
     <t>PIRAEUS BANK S.A.</t>
   </si>
   <si>
     <t>GRS014003032</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>