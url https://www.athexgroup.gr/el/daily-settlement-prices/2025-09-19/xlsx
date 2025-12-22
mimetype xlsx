--- v0 (2025-10-01)
+++ v1 (2025-12-22)
@@ -251,60 +251,60 @@
   <si>
     <t>GRS001003052</t>
   </si>
   <si>
     <t>ΜΠΕΛΑ</t>
   </si>
   <si>
     <t>JUMBO S.A.</t>
   </si>
   <si>
     <t>GRS282183003</t>
   </si>
   <si>
     <t>ΕΤΕ</t>
   </si>
   <si>
     <t>NAT. BANK OF GREECE SA</t>
   </si>
   <si>
     <t>GRS003003035</t>
   </si>
   <si>
     <t>ΠΕΙΡ</t>
   </si>
   <si>
-    <t>PIRAEUS FINANCIAL HOLDINGS S.A.</t>
+    <t>PIRAEUS BANK S.A.</t>
   </si>
   <si>
     <t>GRS014003032</t>
   </si>
   <si>
     <t>ΕΥΡΩΒ</t>
   </si>
   <si>
-    <t>EUROBANK ERGASIAS SERVICES AND HOLDINGS S.A.</t>
+    <t>EUROBANK S.A.</t>
   </si>
   <si>
     <t>GRS323003012</t>
   </si>
   <si>
     <t>ΕΛΠΕ</t>
   </si>
   <si>
     <t>HELLENiQ ENERGY Holdings Societe Anonyme</t>
   </si>
   <si>
     <t>GRS298343005</t>
   </si>
   <si>
     <t>FTSE</t>
   </si>
   <si>
     <t>FTSE/Athex Large Cap</t>
   </si>
   <si>
     <t>GRI99201A006</t>
   </si>
   <si>
     <t>ΚΟΥΕΣ</t>
   </si>