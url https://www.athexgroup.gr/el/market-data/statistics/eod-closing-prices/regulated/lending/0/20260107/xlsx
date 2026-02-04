--- v0 (2026-01-09)
+++ v1 (2026-02-04)
@@ -71,93 +71,93 @@
   <si>
     <t>AEMBOR</t>
   </si>
   <si>
     <t>AETFBOR</t>
   </si>
   <si>
     <t>AIABOR</t>
   </si>
   <si>
     <t>AKTRBOR</t>
   </si>
   <si>
     <t>ALPHABOR</t>
   </si>
   <si>
     <t>AVAXBOR</t>
   </si>
   <si>
     <t>BELABOR</t>
   </si>
   <si>
     <t>BOCHGRBOR</t>
   </si>
   <si>
+    <t>BYLOTBOR</t>
+  </si>
+  <si>
     <t>CENERBOR</t>
   </si>
   <si>
     <t>CREDIABOR</t>
   </si>
   <si>
     <t>DIMANDBOR</t>
   </si>
   <si>
     <t>EEEBOR</t>
   </si>
   <si>
     <t>ELHABOR</t>
   </si>
   <si>
     <t>ELLAKTORBOR</t>
   </si>
   <si>
     <t>ELPEBOR</t>
   </si>
   <si>
     <t>ETEBOR</t>
   </si>
   <si>
     <t>EUROBBOR</t>
   </si>
   <si>
     <t>EXAEBOR</t>
   </si>
   <si>
     <t>EYDAPBOR</t>
   </si>
   <si>
     <t>FOYRKBOR</t>
   </si>
   <si>
     <t>GEKTERNABOR</t>
   </si>
   <si>
     <t>HTOBOR</t>
-  </si>
-[...1 lines deleted...]
-    <t>INLOTBOR</t>
   </si>
   <si>
     <t>INTEKBOR</t>
   </si>
   <si>
     <t>INTRKBOR</t>
   </si>
   <si>
     <t>KRIBOR</t>
   </si>
   <si>
     <t>LAMDABOR</t>
   </si>
   <si>
     <t>MIGBOR</t>
   </si>
   <si>
     <t>MOHBOR</t>
   </si>
   <si>
     <t>MTLNBOR</t>
   </si>
   <si>
     <t>NOVALBOR</t>
   </si>
@@ -861,418 +861,418 @@
       </c>
       <c r="D12">
         <v>846119</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12">
         <v>0.0</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="1">
         <v>46029.0</v>
       </c>
       <c r="C13">
-        <v>154</v>
+        <v>0</v>
       </c>
       <c r="D13">
-        <v>44133</v>
+        <v>895660</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
       <c r="F13">
         <v>0.0</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="1">
         <v>46029.0</v>
       </c>
       <c r="C14">
-        <v>0</v>
+        <v>154</v>
       </c>
       <c r="D14">
-        <v>554</v>
+        <v>44133</v>
       </c>
       <c r="E14">
         <v>0</v>
       </c>
       <c r="F14">
         <v>0.0</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="1">
         <v>46029.0</v>
       </c>
       <c r="C15">
         <v>0</v>
       </c>
       <c r="D15">
-        <v>0</v>
+        <v>554</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
         <v>0.0</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="1">
         <v>46029.0</v>
       </c>
       <c r="C16">
-        <v>405</v>
+        <v>0</v>
       </c>
       <c r="D16">
-        <v>16078</v>
+        <v>0</v>
       </c>
       <c r="E16">
         <v>0</v>
       </c>
       <c r="F16">
         <v>0.0</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="1">
         <v>46029.0</v>
       </c>
       <c r="C17">
-        <v>0</v>
+        <v>405</v>
       </c>
       <c r="D17">
-        <v>140655</v>
+        <v>16078</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
       <c r="F17">
         <v>0.0</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="1">
         <v>46029.0</v>
       </c>
       <c r="C18">
-        <v>167480</v>
+        <v>0</v>
       </c>
       <c r="D18">
-        <v>54405</v>
+        <v>140655</v>
       </c>
       <c r="E18">
         <v>0</v>
       </c>
       <c r="F18">
         <v>0.0</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>25</v>
       </c>
       <c r="B19" s="1">
         <v>46029.0</v>
       </c>
       <c r="C19">
-        <v>0</v>
+        <v>167480</v>
       </c>
       <c r="D19">
-        <v>131670</v>
+        <v>54405</v>
       </c>
       <c r="E19">
         <v>0</v>
       </c>
       <c r="F19">
         <v>0.0</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>26</v>
       </c>
       <c r="B20" s="1">
         <v>46029.0</v>
       </c>
       <c r="C20">
-        <v>77000</v>
+        <v>0</v>
       </c>
       <c r="D20">
-        <v>261402</v>
+        <v>131670</v>
       </c>
       <c r="E20">
         <v>0</v>
       </c>
       <c r="F20">
         <v>0.0</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>27</v>
       </c>
       <c r="B21" s="1">
         <v>46029.0</v>
       </c>
       <c r="C21">
-        <v>0</v>
+        <v>77000</v>
       </c>
       <c r="D21">
-        <v>1000406</v>
+        <v>261402</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
       <c r="F21">
         <v>0.0</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="1">
         <v>46029.0</v>
       </c>
       <c r="C22">
         <v>0</v>
       </c>
       <c r="D22">
-        <v>12256</v>
+        <v>1000406</v>
       </c>
       <c r="E22">
         <v>0</v>
       </c>
       <c r="F22">
         <v>0.0</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>29</v>
       </c>
       <c r="B23" s="1">
         <v>46029.0</v>
       </c>
       <c r="C23">
         <v>0</v>
       </c>
       <c r="D23">
-        <v>82165</v>
+        <v>12256</v>
       </c>
       <c r="E23">
         <v>0</v>
       </c>
       <c r="F23">
         <v>0.0</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="1">
         <v>46029.0</v>
       </c>
       <c r="C24">
-        <v>9197</v>
+        <v>0</v>
       </c>
       <c r="D24">
-        <v>10449</v>
+        <v>82165</v>
       </c>
       <c r="E24">
         <v>0</v>
       </c>
       <c r="F24">
         <v>0.0</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="1">
         <v>46029.0</v>
       </c>
       <c r="C25">
-        <v>0</v>
+        <v>9197</v>
       </c>
       <c r="D25">
-        <v>60010</v>
+        <v>10449</v>
       </c>
       <c r="E25">
         <v>0</v>
       </c>
       <c r="F25">
         <v>0.0</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>32</v>
       </c>
       <c r="B26" s="1">
         <v>46029.0</v>
       </c>
       <c r="C26">
-        <v>10880</v>
+        <v>0</v>
       </c>
       <c r="D26">
-        <v>152339</v>
+        <v>60010</v>
       </c>
       <c r="E26">
         <v>0</v>
       </c>
       <c r="F26">
         <v>0.0</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>33</v>
       </c>
       <c r="B27" s="1">
         <v>46029.0</v>
       </c>
       <c r="C27">
-        <v>0</v>
+        <v>10880</v>
       </c>
       <c r="D27">
-        <v>895660</v>
+        <v>152339</v>
       </c>
       <c r="E27">
         <v>0</v>
       </c>
       <c r="F27">
         <v>0.0</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>34</v>
       </c>
       <c r="B28" s="1">
         <v>46029.0</v>
       </c>
       <c r="C28">
         <v>0</v>
       </c>
       <c r="D28">