--- v0 (2025-10-10)
+++ v1 (2025-11-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Τιμές Κλεισίματος Μετοχών" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
   <si>
     <t>Σύμβολο</t>
   </si>
   <si>
     <t>Ημερομηνία</t>
   </si>
   <si>
     <t>Τιμή</t>
   </si>
   <si>
     <t>Διαφορά %</t>
   </si>
   <si>
     <t>Όγκος</t>
   </si>
   <si>
     <t>Ανώτερη</t>
   </si>
   <si>
     <t>Κατώτερη</t>
   </si>
   <si>
     <t>Αξία</t>
   </si>
   <si>
@@ -117,50 +117,56 @@
     <t>GRS525003000</t>
   </si>
   <si>
     <t>EIS</t>
   </si>
   <si>
     <t>GRS439003005</t>
   </si>
   <si>
     <t>EVR</t>
   </si>
   <si>
     <t>GRS474003001</t>
   </si>
   <si>
     <t>MTLN</t>
   </si>
   <si>
     <t>GB00BTQGS779</t>
   </si>
   <si>
     <t>NOVAL</t>
   </si>
   <si>
     <t>GRS824003008</t>
+  </si>
+  <si>
+    <t>ONYX</t>
+  </si>
+  <si>
+    <t>GRS530003003</t>
   </si>
   <si>
     <t>OPTIMA</t>
   </si>
   <si>
     <t>GRS533003000</t>
   </si>
   <si>
     <t>QLCO</t>
   </si>
   <si>
     <t>GRS543003008</t>
   </si>
   <si>
     <t>REALCONS</t>
   </si>
   <si>
     <t>GRS522003003</t>
   </si>
   <si>
     <t>TITC</t>
   </si>
   <si>
     <t>BE0974338700</t>
   </si>
@@ -1217,54 +1223,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K138"/>
+  <dimension ref="A1:K139"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B138" sqref="B138"/>
+      <selection activeCell="B139" sqref="B139"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1691,4415 +1697,4450 @@
       </c>
       <c r="G13">
         <v>2.63</v>
       </c>
       <c r="H13">
         <v>54543.6</v>
       </c>
       <c r="I13">
         <v>75</v>
       </c>
       <c r="J13">
         <v>2.67</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="1">
         <v>45938.0</v>
       </c>
       <c r="C14">
-        <v>8.84</v>
+        <v>2.38</v>
       </c>
       <c r="D14">
-        <v>1.4925</v>
+        <v>5.7778</v>
       </c>
       <c r="E14">
-        <v>162629</v>
+        <v>315351</v>
       </c>
       <c r="F14">
-        <v>8.88</v>
+        <v>2.38</v>
       </c>
       <c r="G14">
-        <v>8.7</v>
+        <v>2.22</v>
       </c>
       <c r="H14">
-        <v>1430120.1</v>
+        <v>712798.14</v>
       </c>
       <c r="I14">
-        <v>857</v>
+        <v>296</v>
       </c>
       <c r="J14">
-        <v>8.78</v>
+        <v>2.26</v>
       </c>
       <c r="K14" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="1">
         <v>45938.0</v>
       </c>
       <c r="C15">
-        <v>5.52</v>
+        <v>8.84</v>
       </c>
       <c r="D15">
-        <v>-1.6919</v>
+        <v>1.4925</v>
       </c>
       <c r="E15">
-        <v>67359</v>
+        <v>162629</v>
       </c>
       <c r="F15">
-        <v>5.67</v>
+        <v>8.88</v>
       </c>
       <c r="G15">
-        <v>5.5</v>
+        <v>8.7</v>
       </c>
       <c r="H15">
-        <v>375479.36</v>
+        <v>1430120.1</v>
       </c>
       <c r="I15">
-        <v>190</v>
+        <v>857</v>
       </c>
       <c r="J15">
-        <v>5.615</v>
+        <v>8.78</v>
       </c>
       <c r="K15" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="1">
         <v>45938.0</v>
       </c>
       <c r="C16">
-        <v>5.08</v>
+        <v>5.52</v>
       </c>
       <c r="D16">
-        <v>0.0</v>
+        <v>-1.6919</v>
       </c>
       <c r="E16">
-        <v>10950</v>
+        <v>67359</v>
       </c>
       <c r="F16">
-        <v>5.12</v>
+        <v>5.67</v>
       </c>
       <c r="G16">
-        <v>5.0</v>
+        <v>5.5</v>
       </c>
       <c r="H16">
-        <v>55320.6</v>
+        <v>375479.36</v>
       </c>
       <c r="I16">
-        <v>36</v>
+        <v>190</v>
       </c>
       <c r="J16">
-        <v>5.12</v>
+        <v>5.615</v>
       </c>
       <c r="K16" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="1">
         <v>45938.0</v>
       </c>
       <c r="C17">
-        <v>37.2</v>
+        <v>5.08</v>
       </c>
       <c r="D17">
-        <v>0.6766</v>
+        <v>0.0</v>
       </c>
       <c r="E17">
-        <v>89396</v>
+        <v>10950</v>
       </c>
       <c r="F17">
-        <v>37.3</v>
+        <v>5.12</v>
       </c>
       <c r="G17">
-        <v>36.35</v>
+        <v>5.0</v>
       </c>
       <c r="H17">
-        <v>3321903.4</v>
+        <v>55320.6</v>
       </c>
       <c r="I17">
-        <v>785</v>
+        <v>36</v>
       </c>
       <c r="J17">
-        <v>36.95</v>
+        <v>5.12</v>
       </c>
       <c r="K17" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="1">
         <v>45938.0</v>
       </c>
       <c r="C18">
-        <v>7.6</v>
+        <v>37.2</v>
       </c>
       <c r="D18">
-        <v>0.0</v>
+        <v>0.6766</v>
       </c>
       <c r="E18">
-        <v>0</v>
+        <v>89396</v>
       </c>
       <c r="F18">
-        <v>0.0</v>
+        <v>37.3</v>
       </c>
       <c r="G18">
-        <v>0.0</v>
+        <v>36.35</v>
       </c>
       <c r="H18">
-        <v>0.0</v>
+        <v>3321903.4</v>
       </c>
       <c r="I18">
-        <v>0</v>
+        <v>785</v>
       </c>
       <c r="J18">
-        <v>0.0</v>
+        <v>36.95</v>
       </c>
       <c r="K18" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="1">
         <v>45938.0</v>
       </c>
       <c r="C19">
-        <v>2.345</v>
+        <v>7.6</v>
       </c>
       <c r="D19">
-        <v>-1.0549</v>
+        <v>0.0</v>
       </c>
       <c r="E19">
-        <v>171013</v>
+        <v>0</v>
       </c>
       <c r="F19">
-        <v>2.4</v>
+        <v>0.0</v>
       </c>
       <c r="G19">
-        <v>2.33</v>
+        <v>0.0</v>
       </c>
       <c r="H19">
-        <v>404232.21</v>
+        <v>0.0</v>
       </c>
       <c r="I19">
-        <v>368</v>
+        <v>0</v>
       </c>
       <c r="J19">
-        <v>2.39</v>
+        <v>0.0</v>
       </c>
       <c r="K19" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="1">
         <v>45938.0</v>
       </c>
       <c r="C20">
-        <v>0.498</v>
+        <v>2.345</v>
       </c>
       <c r="D20">
-        <v>-2.3529</v>
+        <v>-1.0549</v>
       </c>
       <c r="E20">
-        <v>34585</v>
+        <v>171013</v>
       </c>
       <c r="F20">
-        <v>0.518</v>
+        <v>2.4</v>
       </c>
       <c r="G20">
-        <v>0.497</v>
+        <v>2.33</v>
       </c>
       <c r="H20">
-        <v>17355.53</v>
+        <v>404232.21</v>
       </c>
       <c r="I20">
-        <v>50</v>
+        <v>368</v>
       </c>
       <c r="J20">
-        <v>0.518</v>
+        <v>2.39</v>
       </c>
       <c r="K20" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="1">
         <v>45938.0</v>
       </c>
       <c r="C21">
-        <v>3.0</v>
+        <v>0.498</v>
       </c>
       <c r="D21">
-        <v>-2.7553</v>
+        <v>-2.3529</v>
       </c>
       <c r="E21">
-        <v>387957</v>
+        <v>34585</v>
       </c>
       <c r="F21">
-        <v>3.11</v>
+        <v>0.518</v>
       </c>
       <c r="G21">
-        <v>3.0</v>
+        <v>0.497</v>
       </c>
       <c r="H21">
-        <v>1174708.83</v>
+        <v>17355.53</v>
       </c>
       <c r="I21">
-        <v>596</v>
+        <v>50</v>
       </c>
       <c r="J21">
-        <v>3.045</v>
+        <v>0.518</v>
       </c>
       <c r="K21" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="1">
         <v>45938.0</v>
       </c>
       <c r="C22">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D22">
-        <v>0.0</v>
+        <v>-2.7553</v>
       </c>
       <c r="E22">
-        <v>600</v>
+        <v>387957</v>
       </c>
       <c r="F22">
-        <v>1.0</v>
+        <v>3.11</v>
       </c>
       <c r="G22">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="H22">
-        <v>600.0</v>
+        <v>1174708.83</v>
       </c>
       <c r="I22">
-        <v>5</v>
+        <v>596</v>
       </c>
       <c r="J22">
-        <v>1.0</v>
+        <v>3.045</v>
       </c>
       <c r="K22" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="1">
         <v>45938.0</v>
       </c>
       <c r="C23">
-        <v>4.97</v>
+        <v>1.0</v>
       </c>
       <c r="D23">
-        <v>0.404</v>
+        <v>0.0</v>
       </c>
       <c r="E23">
-        <v>29956</v>
+        <v>600</v>
       </c>
       <c r="F23">
-        <v>5.02</v>
+        <v>1.0</v>
       </c>
       <c r="G23">
-        <v>4.89</v>
+        <v>1.0</v>
       </c>
       <c r="H23">
-        <v>147751.3</v>
+        <v>600.0</v>
       </c>
       <c r="I23">
-        <v>148</v>
+        <v>5</v>
       </c>
       <c r="J23">
-        <v>4.9</v>
+        <v>1.0</v>
       </c>
       <c r="K23" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="1">
         <v>45938.0</v>
       </c>
       <c r="C24">
-        <v>3.79</v>
+        <v>4.97</v>
       </c>
       <c r="D24">
-        <v>1.6086</v>
+        <v>0.404</v>
       </c>
       <c r="E24">
-        <v>8285666</v>
+        <v>29956</v>
       </c>
       <c r="F24">
-        <v>3.813</v>
+        <v>5.02</v>
       </c>
       <c r="G24">
-        <v>3.714</v>
+        <v>4.89</v>
       </c>
       <c r="H24">
-        <v>31353860.53</v>
+        <v>147751.3</v>
       </c>
       <c r="I24">
-        <v>9346</v>
+        <v>148</v>
       </c>
       <c r="J24">
-        <v>3.714</v>
+        <v>4.9</v>
       </c>
       <c r="K24" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="1">
         <v>45938.0</v>
       </c>
       <c r="C25">
-        <v>7.8</v>
+        <v>3.79</v>
       </c>
       <c r="D25">
-        <v>0.2571</v>
+        <v>1.6086</v>
       </c>
       <c r="E25">
-        <v>2223</v>
+        <v>8285666</v>
       </c>
       <c r="F25">
-        <v>7.88</v>
+        <v>3.813</v>
       </c>
       <c r="G25">
-        <v>7.8</v>
+        <v>3.714</v>
       </c>
       <c r="H25">
-        <v>17373.9</v>
+        <v>31353860.53</v>
       </c>
       <c r="I25">
-        <v>22</v>
+        <v>9346</v>
       </c>
       <c r="J25">
-        <v>7.88</v>
+        <v>3.714</v>
       </c>
       <c r="K25" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="1">
         <v>45938.0</v>
       </c>
       <c r="C26">
-        <v>13.2</v>
+        <v>7.8</v>
       </c>
       <c r="D26">
-        <v>-0.3021</v>
+        <v>0.2571</v>
       </c>
       <c r="E26">
-        <v>135948</v>
+        <v>2223</v>
       </c>
       <c r="F26">
-        <v>13.4</v>
+        <v>7.88</v>
       </c>
       <c r="G26">
-        <v>13.2</v>
+        <v>7.8</v>
       </c>
       <c r="H26">
-        <v>1803218.76</v>
+        <v>17373.9</v>
       </c>
       <c r="I26">
-        <v>660</v>
+        <v>22</v>
       </c>
       <c r="J26">
-        <v>13.24</v>
+        <v>7.88</v>
       </c>
       <c r="K26" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="1">
         <v>45938.0</v>
       </c>
       <c r="C27">
-        <v>3.96</v>
+        <v>13.2</v>
       </c>
       <c r="D27">
-        <v>-0.7519</v>
+        <v>-0.3021</v>
       </c>
       <c r="E27">
-        <v>9210</v>
+        <v>135948</v>
       </c>
       <c r="F27">
-        <v>4.0</v>
+        <v>13.4</v>
       </c>
       <c r="G27">
-        <v>3.93</v>
+        <v>13.2</v>
       </c>
       <c r="H27">
-        <v>36711.7</v>
+        <v>1803218.76</v>
       </c>
       <c r="I27">
-        <v>64</v>
+        <v>660</v>
       </c>
       <c r="J27">
-        <v>3.99</v>
+        <v>13.24</v>
       </c>
       <c r="K27" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="1">
         <v>45938.0</v>
       </c>
       <c r="C28">
-        <v>7.28</v>
+        <v>3.96</v>
       </c>
       <c r="D28">
-        <v>0.5525</v>
+        <v>-0.7519</v>
       </c>
       <c r="E28">
-        <v>3904</v>
+        <v>9210</v>
       </c>
       <c r="F28">
-        <v>7.3</v>
+        <v>4.0</v>
       </c>
       <c r="G28">
-        <v>7.24</v>
+        <v>3.93</v>
       </c>
       <c r="H28">
-        <v>28379.44</v>
+        <v>36711.7</v>
       </c>
       <c r="I28">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="J28">
-        <v>7.26</v>
+        <v>3.99</v>
       </c>
       <c r="K28" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="1">
         <v>45938.0</v>
       </c>
       <c r="C29">
-        <v>1.56</v>
+        <v>7.28</v>
       </c>
       <c r="D29">
-        <v>-1.8868</v>
+        <v>0.5525</v>
       </c>
       <c r="E29">
-        <v>2794</v>
+        <v>3904</v>
       </c>
       <c r="F29">
-        <v>1.57</v>
+        <v>7.3</v>
       </c>
       <c r="G29">
-        <v>1.5</v>
+        <v>7.24</v>
       </c>
       <c r="H29">
-        <v>4368.85</v>
+        <v>28379.44</v>
       </c>
       <c r="I29">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J29">
-        <v>1.57</v>
+        <v>7.26</v>
       </c>
       <c r="K29" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="1">
         <v>45938.0</v>
       </c>
       <c r="C30">
-        <v>9.3</v>
+        <v>1.56</v>
       </c>
       <c r="D30">
-        <v>1.3072</v>
+        <v>-1.8868</v>
       </c>
       <c r="E30">
-        <v>1300</v>
+        <v>2794</v>
       </c>
       <c r="F30">
-        <v>9.36</v>
+        <v>1.57</v>
       </c>
       <c r="G30">
-        <v>9.26</v>
+        <v>1.5</v>
       </c>
       <c r="H30">
-        <v>12090.0</v>
+        <v>4368.85</v>
       </c>
       <c r="I30">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="J30">
-        <v>9.26</v>
+        <v>1.57</v>
       </c>
       <c r="K30" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="1">
         <v>45938.0</v>
       </c>
       <c r="C31">
-        <v>1.92</v>
+        <v>9.3</v>
       </c>
       <c r="D31">
-        <v>-1.5385</v>
+        <v>1.3072</v>
       </c>
       <c r="E31">
-        <v>48550</v>
+        <v>1300</v>
       </c>
       <c r="F31">
-        <v>1.94</v>
+        <v>9.36</v>
       </c>
       <c r="G31">
-        <v>1.915</v>
+        <v>9.26</v>
       </c>
       <c r="H31">
-        <v>93584.3</v>
+        <v>12090.0</v>
       </c>
       <c r="I31">
-        <v>111</v>
+        <v>11</v>
       </c>
       <c r="J31">
-        <v>1.94</v>
+        <v>9.26</v>
       </c>
       <c r="K31" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="1">
         <v>45938.0</v>
       </c>
       <c r="C32">
-        <v>8.1</v>
+        <v>1.92</v>
       </c>
       <c r="D32">
-        <v>1.25</v>
+        <v>-1.5385</v>
       </c>
       <c r="E32">
-        <v>446207</v>
+        <v>48550</v>
       </c>
       <c r="F32">
-        <v>8.3</v>
+        <v>1.94</v>
       </c>
       <c r="G32">
-        <v>7.95</v>
+        <v>1.915</v>
       </c>
       <c r="H32">
-        <v>3651254.02</v>
+        <v>93584.3</v>
       </c>
       <c r="I32">
-        <v>1233</v>
+        <v>111</v>
       </c>
       <c r="J32">
-        <v>8.03</v>
+        <v>1.94</v>
       </c>
       <c r="K32" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="1">
         <v>45938.0</v>
       </c>
       <c r="C33">
-        <v>1.81</v>
+        <v>8.1</v>
       </c>
       <c r="D33">
-        <v>-2.1622</v>
+        <v>1.25</v>
       </c>
       <c r="E33">
-        <v>24616</v>
+        <v>446207</v>
       </c>
       <c r="F33">
-        <v>1.87</v>
+        <v>8.3</v>
       </c>
       <c r="G33">
-        <v>1.805</v>
+        <v>7.95</v>
       </c>
       <c r="H33">
-        <v>45158.53</v>
+        <v>3651254.02</v>
       </c>
       <c r="I33">
-        <v>100</v>
+        <v>1233</v>
       </c>
       <c r="J33">
-        <v>1.86</v>
+        <v>8.03</v>
       </c>
       <c r="K33" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="1">
         <v>45938.0</v>
       </c>
       <c r="C34">
-        <v>2.75</v>
+        <v>1.81</v>
       </c>
       <c r="D34">
-        <v>-1.0791</v>
+        <v>-2.1622</v>
       </c>
       <c r="E34">
-        <v>10226</v>
+        <v>24616</v>
       </c>
       <c r="F34">
-        <v>2.81</v>
+        <v>1.87</v>
       </c>
       <c r="G34">
-        <v>2.72</v>
+        <v>1.805</v>
       </c>
       <c r="H34">
-        <v>28171.18</v>
+        <v>45158.53</v>
       </c>
       <c r="I34">
-        <v>63</v>
+        <v>100</v>
       </c>
       <c r="J34">
-        <v>2.73</v>
+        <v>1.86</v>
       </c>
       <c r="K34" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="1">
         <v>45938.0</v>
       </c>
       <c r="C35">
-        <v>0.206</v>
+        <v>2.75</v>
       </c>
       <c r="D35">
-        <v>0.0</v>
+        <v>-1.0791</v>
       </c>
       <c r="E35">
-        <v>0</v>
+        <v>10226</v>
       </c>
       <c r="F35">
-        <v>0.0</v>
+        <v>2.81</v>
       </c>
       <c r="G35">
-        <v>0.0</v>
+        <v>2.72</v>
       </c>
       <c r="H35">
-        <v>0.0</v>
+        <v>28171.18</v>
       </c>
       <c r="I35">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="J35">
-        <v>0.0</v>
+        <v>2.73</v>
       </c>
       <c r="K35" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="1">
         <v>45938.0</v>
       </c>
       <c r="C36">
-        <v>2.2</v>
+        <v>0.206</v>
       </c>
       <c r="D36">
-        <v>-0.9009</v>
+        <v>0.0</v>
       </c>
       <c r="E36">
-        <v>1708</v>
+        <v>0</v>
       </c>
       <c r="F36">
-        <v>2.26</v>
+        <v>0.0</v>
       </c>
       <c r="G36">
-        <v>2.2</v>
+        <v>0.0</v>
       </c>
       <c r="H36">
-        <v>3782.08</v>
+        <v>0.0</v>
       </c>
       <c r="I36">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="J36">
-        <v>2.26</v>
+        <v>0.0</v>
       </c>
       <c r="K36" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="1">
         <v>45938.0</v>
       </c>
       <c r="C37">
-        <v>1.96</v>
+        <v>2.2</v>
       </c>
       <c r="D37">
-        <v>-2.4876</v>
+        <v>-0.9009</v>
       </c>
       <c r="E37">
-        <v>13145</v>
+        <v>1708</v>
       </c>
       <c r="F37">
-        <v>2.03</v>
+        <v>2.26</v>
       </c>
       <c r="G37">
-        <v>1.96</v>
+        <v>2.2</v>
       </c>
       <c r="H37">
-        <v>26177.4</v>
+        <v>3782.08</v>
       </c>
       <c r="I37">
-        <v>65</v>
+        <v>19</v>
       </c>
       <c r="J37">
-        <v>2.01</v>
+        <v>2.26</v>
       </c>
       <c r="K37" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="1">
         <v>45938.0</v>
       </c>
       <c r="C38">
-        <v>22.52</v>
+        <v>1.96</v>
       </c>
       <c r="D38">
-        <v>0.1779</v>
+        <v>-2.4876</v>
       </c>
       <c r="E38">
-        <v>149721</v>
+        <v>13145</v>
       </c>
       <c r="F38">
-        <v>22.62</v>
+        <v>2.03</v>
       </c>
       <c r="G38">
-        <v>22.14</v>
+        <v>1.96</v>
       </c>
       <c r="H38">
-        <v>3359772.46</v>
+        <v>26177.4</v>
       </c>
       <c r="I38">
-        <v>932</v>
+        <v>65</v>
       </c>
       <c r="J38">
-        <v>22.48</v>
+        <v>2.01</v>
       </c>
       <c r="K38" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="1">
         <v>45938.0</v>
       </c>
       <c r="C39">
-        <v>9.845</v>
+        <v>22.52</v>
       </c>
       <c r="D39">
-        <v>-1.2538</v>
+        <v>0.1779</v>
       </c>
       <c r="E39">
-        <v>315271</v>
+        <v>149721</v>
       </c>
       <c r="F39">
-        <v>10.05</v>
+        <v>22.62</v>
       </c>
       <c r="G39">
-        <v>9.845</v>
+        <v>22.14</v>
       </c>
       <c r="H39">
-        <v>3141913.54</v>
+        <v>3359772.46</v>
       </c>
       <c r="I39">
-        <v>1445</v>
+        <v>932</v>
       </c>
       <c r="J39">
-        <v>10.0</v>
+        <v>22.48</v>
       </c>
       <c r="K39" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="1">
         <v>45938.0</v>
       </c>
       <c r="C40">
-        <v>7.05</v>
+        <v>9.845</v>
       </c>
       <c r="D40">
-        <v>6.015</v>
+        <v>-1.2538</v>
       </c>
       <c r="E40">
-        <v>2650</v>
+        <v>315271</v>
       </c>
       <c r="F40">
-        <v>7.5</v>
+        <v>10.05</v>
       </c>
       <c r="G40">
-        <v>6.75</v>
+        <v>9.845</v>
       </c>
       <c r="H40">
-        <v>18704.7</v>
+        <v>3141913.54</v>
       </c>
       <c r="I40">
-        <v>50</v>
+        <v>1445</v>
       </c>
       <c r="J40">
-        <v>6.75</v>
+        <v>10.0</v>
       </c>
       <c r="K40" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="1">
         <v>45938.0</v>
       </c>
       <c r="C41">
-        <v>14.2</v>
+        <v>7.05</v>
       </c>
       <c r="D41">
-        <v>0.7807</v>
+        <v>6.015</v>
       </c>
       <c r="E41">
-        <v>414821</v>
+        <v>2650</v>
       </c>
       <c r="F41">
-        <v>14.28</v>
+        <v>7.5</v>
       </c>
       <c r="G41">
-        <v>14.05</v>
+        <v>6.75</v>
       </c>
       <c r="H41">
-        <v>5878184.01</v>
+        <v>18704.7</v>
       </c>
       <c r="I41">
-        <v>1537</v>
+        <v>50</v>
       </c>
       <c r="J41">
-        <v>14.1</v>
+        <v>6.75</v>
       </c>
       <c r="K41" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="1">
         <v>45938.0</v>
       </c>
       <c r="C42">
-        <v>2.07</v>
+        <v>14.2</v>
       </c>
       <c r="D42">
-        <v>0.9756</v>
+        <v>0.7807</v>
       </c>
       <c r="E42">
-        <v>14698</v>
+        <v>414821</v>
       </c>
       <c r="F42">
-        <v>2.11</v>
+        <v>14.28</v>
       </c>
       <c r="G42">
-        <v>2.03</v>
+        <v>14.05</v>
       </c>
       <c r="H42">
-        <v>30187.33</v>
+        <v>5878184.01</v>
       </c>
       <c r="I42">
-        <v>63</v>
+        <v>1537</v>
       </c>
       <c r="J42">
-        <v>2.05</v>
+        <v>14.1</v>
       </c>
       <c r="K42" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="1">
         <v>45938.0</v>
       </c>
       <c r="C43">
-        <v>0.25</v>
+        <v>2.07</v>
       </c>
       <c r="D43">
-        <v>0.0</v>
+        <v>0.9756</v>
       </c>
       <c r="E43">
-        <v>0</v>
+        <v>14698</v>
       </c>
       <c r="F43">
-        <v>0.0</v>
+        <v>2.11</v>
       </c>
       <c r="G43">
-        <v>0.0</v>
+        <v>2.03</v>
       </c>
       <c r="H43">
-        <v>0.0</v>
+        <v>30187.33</v>
       </c>
       <c r="I43">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="J43">
-        <v>0.0</v>
+        <v>2.05</v>
       </c>
       <c r="K43" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="1">
         <v>45938.0</v>
       </c>
       <c r="C44">
-        <v>0.348</v>
+        <v>0.25</v>
       </c>
       <c r="D44">
-        <v>-1.1364</v>
+        <v>0.0</v>
       </c>
       <c r="E44">
-        <v>11622</v>
+        <v>0</v>
       </c>
       <c r="F44">
-        <v>0.355</v>
+        <v>0.0</v>
       </c>
       <c r="G44">
-        <v>0.346</v>
+        <v>0.0</v>
       </c>
       <c r="H44">
-        <v>4045.24</v>
+        <v>0.0</v>
       </c>
       <c r="I44">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="J44">
-        <v>0.354</v>
+        <v>0.0</v>
       </c>
       <c r="K44" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="1">
         <v>45938.0</v>
       </c>
       <c r="C45">
-        <v>2.65</v>
+        <v>0.348</v>
       </c>
       <c r="D45">
-        <v>1.145</v>
+        <v>-1.1364</v>
       </c>
       <c r="E45">
-        <v>1839</v>
+        <v>11622</v>
       </c>
       <c r="F45">
-        <v>2.67</v>
+        <v>0.355</v>
       </c>
       <c r="G45">
-        <v>2.63</v>
+        <v>0.346</v>
       </c>
       <c r="H45">
-        <v>4871.84</v>
+        <v>4045.24</v>
       </c>
       <c r="I45">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="J45">
-        <v>2.67</v>
+        <v>0.354</v>
       </c>
       <c r="K45" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="1">
         <v>45938.0</v>
       </c>
       <c r="C46">
-        <v>38.48</v>
+        <v>2.65</v>
       </c>
       <c r="D46">
-        <v>0.0</v>
+        <v>1.145</v>
       </c>
       <c r="E46">
-        <v>65275</v>
+        <v>1839</v>
       </c>
       <c r="F46">
-        <v>38.94</v>
+        <v>2.67</v>
       </c>
       <c r="G46">
-        <v>38.42</v>
+        <v>2.63</v>
       </c>
       <c r="H46">
-        <v>2517471.34</v>
+        <v>4871.84</v>
       </c>
       <c r="I46">
-        <v>386</v>
+        <v>9</v>
       </c>
       <c r="J46">
-        <v>38.8</v>
+        <v>2.67</v>
       </c>
       <c r="K46" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="1">
         <v>45938.0</v>
       </c>
       <c r="C47">
-        <v>2.495</v>
+        <v>38.48</v>
       </c>
       <c r="D47">
-        <v>6.1702</v>
+        <v>0.0</v>
       </c>
       <c r="E47">
-        <v>100635</v>
+        <v>65275</v>
       </c>
       <c r="F47">
-        <v>2.495</v>
+        <v>38.94</v>
       </c>
       <c r="G47">
-        <v>2.365</v>
+        <v>38.42</v>
       </c>
       <c r="H47">
-        <v>246343.33</v>
+        <v>2517471.34</v>
       </c>
       <c r="I47">
-        <v>428</v>
+        <v>386</v>
       </c>
       <c r="J47">
-        <v>2.365</v>
+        <v>38.8</v>
       </c>
       <c r="K47" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="1">
         <v>45938.0</v>
       </c>
       <c r="C48">
-        <v>5.7</v>
+        <v>2.495</v>
       </c>
       <c r="D48">
-        <v>-0.8696</v>
+        <v>6.1702</v>
       </c>
       <c r="E48">
-        <v>2395</v>
+        <v>100635</v>
       </c>
       <c r="F48">
-        <v>5.95</v>
+        <v>2.495</v>
       </c>
       <c r="G48">
-        <v>5.65</v>
+        <v>2.365</v>
       </c>
       <c r="H48">
-        <v>13943.1</v>
+        <v>246343.33</v>
       </c>
       <c r="I48">
-        <v>22</v>
+        <v>428</v>
       </c>
       <c r="J48">
-        <v>5.65</v>
+        <v>2.365</v>
       </c>
       <c r="K48" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="1">
         <v>45938.0</v>
       </c>
       <c r="C49">
-        <v>2.25</v>
+        <v>5.7</v>
       </c>
       <c r="D49">
-        <v>0.0</v>
+        <v>-0.8696</v>
       </c>
       <c r="E49">
-        <v>915</v>
+        <v>2395</v>
       </c>
       <c r="F49">
-        <v>2.28</v>
+        <v>5.95</v>
       </c>
       <c r="G49">
-        <v>2.25</v>
+        <v>5.65</v>
       </c>
       <c r="H49">
-        <v>2065.2</v>
+        <v>13943.1</v>
       </c>
       <c r="I49">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="J49">
-        <v>2.28</v>
+        <v>5.65</v>
       </c>
       <c r="K49" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
         <v>107</v>
       </c>
       <c r="B50" s="1">
         <v>45938.0</v>
       </c>
       <c r="C50">
-        <v>15.05</v>
+        <v>2.25</v>
       </c>
       <c r="D50">
-        <v>-0.3311</v>
+        <v>0.0</v>
       </c>
       <c r="E50">
-        <v>2829</v>
+        <v>915</v>
       </c>
       <c r="F50">
-        <v>15.15</v>
+        <v>2.28</v>
       </c>
       <c r="G50">
-        <v>15.0</v>
+        <v>2.25</v>
       </c>
       <c r="H50">
-        <v>42580.1</v>
+        <v>2065.2</v>
       </c>
       <c r="I50">
-        <v>35</v>
+        <v>7</v>
       </c>
       <c r="J50">
-        <v>15.05</v>
+        <v>2.28</v>
       </c>
       <c r="K50" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
         <v>109</v>
       </c>
       <c r="B51" s="1">
         <v>45938.0</v>
       </c>
       <c r="C51">
-        <v>1.376</v>
+        <v>15.05</v>
       </c>
       <c r="D51">
-        <v>3.6145</v>
+        <v>-0.3311</v>
       </c>
       <c r="E51">
-        <v>227344</v>
+        <v>2829</v>
       </c>
       <c r="F51">
-        <v>1.378</v>
+        <v>15.15</v>
       </c>
       <c r="G51">
-        <v>1.326</v>
+        <v>15.0</v>
       </c>
       <c r="H51">
-        <v>307841.31</v>
+        <v>42580.1</v>
       </c>
       <c r="I51">
-        <v>453</v>
+        <v>35</v>
       </c>
       <c r="J51">
-        <v>1.328</v>
+        <v>15.05</v>
       </c>
       <c r="K51" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="1">
         <v>45938.0</v>
       </c>
       <c r="C52">
-        <v>8.29</v>
+        <v>1.376</v>
       </c>
       <c r="D52">
-        <v>0.1813</v>
+        <v>3.6145</v>
       </c>
       <c r="E52">
-        <v>98710</v>
+        <v>227344</v>
       </c>
       <c r="F52">
-        <v>8.42</v>
+        <v>1.378</v>
       </c>
       <c r="G52">
-        <v>8.285</v>
+        <v>1.326</v>
       </c>
       <c r="H52">
-        <v>820800.42</v>
+        <v>307841.31</v>
       </c>
       <c r="I52">
-        <v>464</v>
+        <v>453</v>
       </c>
       <c r="J52">
-        <v>8.42</v>
+        <v>1.328</v>
       </c>
       <c r="K52" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
         <v>113</v>
       </c>
       <c r="B53" s="1">
         <v>45938.0</v>
       </c>
       <c r="C53">
-        <v>2.36</v>
+        <v>8.29</v>
       </c>
       <c r="D53">
-        <v>-0.4219</v>
+        <v>0.1813</v>
       </c>
       <c r="E53">
-        <v>5278</v>
+        <v>98710</v>
       </c>
       <c r="F53">
-        <v>2.41</v>
+        <v>8.42</v>
       </c>
       <c r="G53">
-        <v>2.35</v>
+        <v>8.285</v>
       </c>
       <c r="H53">
-        <v>12561.52</v>
+        <v>820800.42</v>
       </c>
       <c r="I53">
-        <v>55</v>
+        <v>464</v>
       </c>
       <c r="J53">
-        <v>2.38</v>
+        <v>8.42</v>
       </c>
       <c r="K53" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
         <v>115</v>
       </c>
       <c r="B54" s="1">
         <v>45938.0</v>
       </c>
       <c r="C54">
-        <v>1.85</v>
+        <v>2.36</v>
       </c>
       <c r="D54">
-        <v>1.6484</v>
+        <v>-0.4219</v>
       </c>
       <c r="E54">
-        <v>23005</v>
+        <v>5278</v>
       </c>
       <c r="F54">
-        <v>1.86</v>
+        <v>2.41</v>
       </c>
       <c r="G54">
-        <v>1.82</v>
+        <v>2.35</v>
       </c>
       <c r="H54">
-        <v>42369.93</v>
+        <v>12561.52</v>
       </c>
       <c r="I54">
-        <v>80</v>
+        <v>55</v>
       </c>
       <c r="J54">
-        <v>1.845</v>
+        <v>2.38</v>
       </c>
       <c r="K54" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="1">
         <v>45938.0</v>
       </c>
       <c r="C55">
-        <v>3.065</v>
+        <v>1.85</v>
       </c>
       <c r="D55">
-        <v>0.4918</v>
+        <v>1.6484</v>
       </c>
       <c r="E55">
-        <v>434630</v>
+        <v>23005</v>
       </c>
       <c r="F55">
-        <v>3.135</v>
+        <v>1.86</v>
       </c>
       <c r="G55">
-        <v>3.01</v>
+        <v>1.82</v>
       </c>
       <c r="H55">
-        <v>1347359.57</v>
+        <v>42369.93</v>
       </c>
       <c r="I55">
-        <v>744</v>
+        <v>80</v>
       </c>
       <c r="J55">
-        <v>3.08</v>
+        <v>1.845</v>
       </c>
       <c r="K55" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
         <v>119</v>
       </c>
       <c r="B56" s="1">
         <v>45938.0</v>
       </c>
       <c r="C56">
-        <v>0.132</v>
+        <v>3.065</v>
       </c>
       <c r="D56">
-        <v>0.0</v>
+        <v>0.4918</v>
       </c>
       <c r="E56">
-        <v>0</v>
+        <v>434630</v>
       </c>
       <c r="F56">
-        <v>0.0</v>
+        <v>3.135</v>
       </c>
       <c r="G56">
-        <v>0.0</v>
+        <v>3.01</v>
       </c>
       <c r="H56">
-        <v>0.0</v>
+        <v>1347359.57</v>
       </c>
       <c r="I56">
-        <v>0</v>
+        <v>744</v>
       </c>
       <c r="J56">
-        <v>0.0</v>
+        <v>3.08</v>
       </c>
       <c r="K56" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
         <v>121</v>
       </c>
       <c r="B57" s="1">
         <v>45938.0</v>
       </c>
       <c r="C57">
-        <v>13.65</v>
+        <v>0.132</v>
       </c>
       <c r="D57">
-        <v>2.593</v>
+        <v>0.0</v>
       </c>
       <c r="E57">
-        <v>2061403</v>
+        <v>0</v>
       </c>
       <c r="F57">
-        <v>13.72</v>
+        <v>0.0</v>
       </c>
       <c r="G57">
-        <v>13.25</v>
+        <v>0.0</v>
       </c>
       <c r="H57">
-        <v>28017804.55</v>
+        <v>0.0</v>
       </c>
       <c r="I57">
-        <v>5683</v>
+        <v>0</v>
       </c>
       <c r="J57">
-        <v>13.3</v>
+        <v>0.0</v>
       </c>
       <c r="K57" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
         <v>123</v>
       </c>
       <c r="B58" s="1">
         <v>45938.0</v>
       </c>
       <c r="C58">
-        <v>3.59</v>
+        <v>13.65</v>
       </c>
       <c r="D58">
-        <v>-4.2667</v>
+        <v>2.593</v>
       </c>
       <c r="E58">
-        <v>47271</v>
+        <v>2061403</v>
       </c>
       <c r="F58">
-        <v>3.79</v>
+        <v>13.72</v>
       </c>
       <c r="G58">
-        <v>3.57</v>
+        <v>13.25</v>
       </c>
       <c r="H58">
-        <v>173300.0</v>
+        <v>28017804.55</v>
       </c>
       <c r="I58">
-        <v>178</v>
+        <v>5683</v>
       </c>
       <c r="J58">
-        <v>3.74</v>
+        <v>13.3</v>
       </c>
       <c r="K58" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
         <v>125</v>
       </c>
       <c r="B59" s="1">
         <v>45938.0</v>
       </c>
       <c r="C59">
-        <v>6.38</v>
+        <v>3.59</v>
       </c>
       <c r="D59">
-        <v>-1.8462</v>
+        <v>-4.2667</v>
       </c>
       <c r="E59">
-        <v>65609</v>
+        <v>47271</v>
       </c>
       <c r="F59">
-        <v>6.54</v>
+        <v>3.79</v>
       </c>
       <c r="G59">
-        <v>6.32</v>
+        <v>3.57</v>
       </c>
       <c r="H59">
-        <v>419157.8</v>
+        <v>173300.0</v>
       </c>
       <c r="I59">
-        <v>369</v>
+        <v>178</v>
       </c>
       <c r="J59">
-        <v>6.5</v>
+        <v>3.74</v>
       </c>
       <c r="K59" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
         <v>127</v>
       </c>
       <c r="B60" s="1">
         <v>45938.0</v>
       </c>
       <c r="C60">
-        <v>3.565</v>
+        <v>6.38</v>
       </c>
       <c r="D60">
-        <v>1.8571</v>
+        <v>-1.8462</v>
       </c>
       <c r="E60">
-        <v>10179455</v>
+        <v>65609</v>
       </c>
       <c r="F60">
-        <v>3.623</v>
+        <v>6.54</v>
       </c>
       <c r="G60">
-        <v>3.5</v>
+        <v>6.32</v>
       </c>
       <c r="H60">
-        <v>36370789.28</v>
+        <v>419157.8</v>
       </c>
       <c r="I60">
-        <v>4417</v>
+        <v>369</v>
       </c>
       <c r="J60">
-        <v>3.5</v>
+        <v>6.5</v>
       </c>
       <c r="K60" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
         <v>129</v>
       </c>
       <c r="B61" s="1">
         <v>45938.0</v>
       </c>
       <c r="C61">
-        <v>6.65</v>
+        <v>3.565</v>
       </c>
       <c r="D61">
-        <v>3.7441</v>
+        <v>1.8571</v>
       </c>
       <c r="E61">
-        <v>295642</v>
+        <v>10179455</v>
       </c>
       <c r="F61">
-        <v>6.65</v>
+        <v>3.623</v>
       </c>
       <c r="G61">
-        <v>6.39</v>
+        <v>3.5</v>
       </c>
       <c r="H61">
-        <v>1940772.24</v>
+        <v>36370789.28</v>
       </c>
       <c r="I61">
-        <v>624</v>
+        <v>4417</v>
       </c>
       <c r="J61">
-        <v>6.39</v>
+        <v>3.5</v>
       </c>
       <c r="K61" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
         <v>131</v>
       </c>
       <c r="B62" s="1">
         <v>45938.0</v>
       </c>
       <c r="C62">
-        <v>1.945</v>
+        <v>6.65</v>
       </c>
       <c r="D62">
-        <v>1.5666</v>
+        <v>3.7441</v>
       </c>
       <c r="E62">
-        <v>9924</v>
+        <v>295642</v>
       </c>
       <c r="F62">
-        <v>1.965</v>
+        <v>6.65</v>
       </c>
       <c r="G62">
-        <v>1.9</v>
+        <v>6.39</v>
       </c>
       <c r="H62">
-        <v>19078.23</v>
+        <v>1940772.24</v>
       </c>
       <c r="I62">
-        <v>78</v>
+        <v>624</v>
       </c>
       <c r="J62">
-        <v>1.95</v>
+        <v>6.39</v>
       </c>
       <c r="K62" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
         <v>133</v>
       </c>
       <c r="B63" s="1">
         <v>45938.0</v>
       </c>
       <c r="C63">
-        <v>0.418</v>
+        <v>1.945</v>
       </c>
       <c r="D63">
-        <v>-1.182</v>
+        <v>1.5666</v>
       </c>
       <c r="E63">
-        <v>60089</v>
+        <v>9924</v>
       </c>
       <c r="F63">
-        <v>0.423</v>
+        <v>1.965</v>
       </c>
       <c r="G63">
-        <v>0.41</v>
+        <v>1.9</v>
       </c>
       <c r="H63">
-        <v>24934.38</v>
+        <v>19078.23</v>
       </c>
       <c r="I63">
-        <v>99</v>
+        <v>78</v>
       </c>
       <c r="J63">
-        <v>0.42</v>
+        <v>1.95</v>
       </c>
       <c r="K63" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
         <v>135</v>
       </c>
       <c r="B64" s="1">
         <v>45938.0</v>
       </c>
       <c r="C64">
-        <v>4.99</v>
+        <v>0.418</v>
       </c>
       <c r="D64">
-        <v>14.1876</v>
+        <v>-1.182</v>
       </c>
       <c r="E64">
-        <v>229265</v>
+        <v>60089</v>
       </c>
       <c r="F64">
-        <v>5.0</v>
+        <v>0.423</v>
       </c>
       <c r="G64">
-        <v>4.48</v>
+        <v>0.41</v>
       </c>
       <c r="H64">
-        <v>1089424.99</v>
+        <v>24934.38</v>
       </c>
       <c r="I64">
-        <v>559</v>
+        <v>99</v>
       </c>
       <c r="J64">
-        <v>4.49</v>
+        <v>0.42</v>
       </c>
       <c r="K64" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
         <v>137</v>
       </c>
       <c r="B65" s="1">
         <v>45938.0</v>
       </c>
       <c r="C65">
-        <v>5.22</v>
+        <v>4.99</v>
       </c>
       <c r="D65">
-        <v>0.3846</v>
+        <v>14.1876</v>
       </c>
       <c r="E65">
-        <v>12278</v>
+        <v>229265</v>
       </c>
       <c r="F65">
-        <v>5.28</v>
+        <v>5.0</v>
       </c>
       <c r="G65">
-        <v>5.2</v>
+        <v>4.48</v>
       </c>
       <c r="H65">
-        <v>64241.94</v>
+        <v>1089424.99</v>
       </c>
       <c r="I65">
-        <v>73</v>
+        <v>559</v>
       </c>
       <c r="J65">
-        <v>5.24</v>
+        <v>4.49</v>
       </c>
       <c r="K65" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
         <v>139</v>
       </c>
       <c r="B66" s="1">
         <v>45938.0</v>
       </c>
       <c r="C66">
-        <v>1.16</v>
+        <v>5.22</v>
       </c>
       <c r="D66">
-        <v>0.1727</v>
+        <v>0.3846</v>
       </c>
       <c r="E66">
-        <v>8732656</v>
+        <v>12278</v>
       </c>
       <c r="F66">
-        <v>1.18</v>
+        <v>5.28</v>
       </c>
       <c r="G66">
-        <v>1.146</v>
+        <v>5.2</v>
       </c>
       <c r="H66">
-        <v>10168143.49</v>
+        <v>64241.94</v>
       </c>
       <c r="I66">
-        <v>1995</v>
+        <v>73</v>
       </c>
       <c r="J66">
-        <v>1.16</v>
+        <v>5.24</v>
       </c>
       <c r="K66" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
         <v>141</v>
       </c>
       <c r="B67" s="1">
         <v>45938.0</v>
       </c>
       <c r="C67">
-        <v>5.74</v>
+        <v>1.16</v>
       </c>
       <c r="D67">
-        <v>-1.7123</v>
+        <v>0.1727</v>
       </c>
       <c r="E67">
-        <v>26054</v>
+        <v>8732656</v>
       </c>
       <c r="F67">
-        <v>5.83</v>
+        <v>1.18</v>
       </c>
       <c r="G67">
-        <v>5.73</v>
+        <v>1.146</v>
       </c>
       <c r="H67">
-        <v>150360.72</v>
+        <v>10168143.49</v>
       </c>
       <c r="I67">
-        <v>180</v>
+        <v>1995</v>
       </c>
       <c r="J67">
-        <v>5.81</v>
+        <v>1.16</v>
       </c>
       <c r="K67" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
         <v>143</v>
       </c>
       <c r="B68" s="1">
         <v>45938.0</v>
       </c>
       <c r="C68">
-        <v>1.35</v>
+        <v>5.74</v>
       </c>
       <c r="D68">
-        <v>-1.8182</v>
+        <v>-1.7123</v>
       </c>
       <c r="E68">
-        <v>2451</v>
+        <v>26054</v>
       </c>
       <c r="F68">
-        <v>1.41</v>
+        <v>5.83</v>
       </c>
       <c r="G68">
-        <v>1.35</v>
+        <v>5.73</v>
       </c>
       <c r="H68">
-        <v>3371.96</v>
+        <v>150360.72</v>
       </c>
       <c r="I68">
-        <v>14</v>
+        <v>180</v>
       </c>
       <c r="J68">
-        <v>1.385</v>
+        <v>5.81</v>
       </c>
       <c r="K68" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
         <v>145</v>
       </c>
       <c r="B69" s="1">
         <v>45938.0</v>
       </c>
       <c r="C69">
-        <v>3.55</v>
+        <v>1.35</v>
       </c>
       <c r="D69">
-        <v>3.0479</v>
+        <v>-1.8182</v>
       </c>
       <c r="E69">
-        <v>188788</v>
+        <v>2451</v>
       </c>
       <c r="F69">
-        <v>3.58</v>
+        <v>1.41</v>
       </c>
       <c r="G69">
-        <v>3.43</v>
+        <v>1.35</v>
       </c>
       <c r="H69">
-        <v>666181.11</v>
+        <v>3371.96</v>
       </c>
       <c r="I69">
-        <v>536</v>
+        <v>14</v>
       </c>
       <c r="J69">
-        <v>3.43</v>
+        <v>1.385</v>
       </c>
       <c r="K69" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
         <v>147</v>
       </c>
       <c r="B70" s="1">
         <v>45938.0</v>
       </c>
       <c r="C70">
-        <v>338.0</v>
+        <v>3.55</v>
       </c>
       <c r="D70">
-        <v>0.5952</v>
+        <v>3.0479</v>
       </c>
       <c r="E70">
-        <v>68</v>
+        <v>188788</v>
       </c>
       <c r="F70">
-        <v>340.0</v>
+        <v>3.58</v>
       </c>
       <c r="G70">
-        <v>338.0</v>
+        <v>3.43</v>
       </c>
       <c r="H70">
-        <v>22988.0</v>
+        <v>666181.11</v>
       </c>
       <c r="I70">
-        <v>20</v>
+        <v>536</v>
       </c>
       <c r="J70">
-        <v>338.0</v>
+        <v>3.43</v>
       </c>
       <c r="K70" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
         <v>149</v>
       </c>
       <c r="B71" s="1">
         <v>45938.0</v>
       </c>
       <c r="C71">
-        <v>2.12</v>
+        <v>338.0</v>
       </c>
       <c r="D71">
-        <v>-1.8519</v>
+        <v>0.5952</v>
       </c>
       <c r="E71">
-        <v>31070</v>
+        <v>68</v>
       </c>
       <c r="F71">
-        <v>2.21</v>
+        <v>340.0</v>
       </c>
       <c r="G71">
-        <v>2.08</v>
+        <v>338.0</v>
       </c>
       <c r="H71">
-        <v>66269.34</v>
+        <v>22988.0</v>
       </c>
       <c r="I71">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="J71">
-        <v>2.21</v>
+        <v>338.0</v>
       </c>
       <c r="K71" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
         <v>151</v>
       </c>
       <c r="B72" s="1">
         <v>45938.0</v>
       </c>
       <c r="C72">
-        <v>0.482</v>
+        <v>2.12</v>
       </c>
       <c r="D72">
-        <v>0.6263</v>
+        <v>-1.8519</v>
       </c>
       <c r="E72">
-        <v>4153</v>
+        <v>31070</v>
       </c>
       <c r="F72">
-        <v>0.492</v>
+        <v>2.21</v>
       </c>
       <c r="G72">
-        <v>0.476</v>
+        <v>2.08</v>
       </c>
       <c r="H72">
-        <v>2013.94</v>
+        <v>66269.34</v>
       </c>
       <c r="I72">
-        <v>45</v>
+        <v>143</v>
       </c>
       <c r="J72">
-        <v>0.483</v>
+        <v>2.21</v>
       </c>
       <c r="K72" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
         <v>153</v>
       </c>
       <c r="B73" s="1">
         <v>45938.0</v>
       </c>
       <c r="C73">
-        <v>1.41</v>
+        <v>0.482</v>
       </c>
       <c r="D73">
-        <v>0.7143</v>
+        <v>0.6263</v>
       </c>
       <c r="E73">
-        <v>76303</v>
+        <v>4153</v>
       </c>
       <c r="F73">
-        <v>1.42</v>
+        <v>0.492</v>
       </c>
       <c r="G73">
-        <v>1.382</v>
+        <v>0.476</v>
       </c>
       <c r="H73">
-        <v>107102.46</v>
+        <v>2013.94</v>
       </c>
       <c r="I73">
-        <v>145</v>
+        <v>45</v>
       </c>
       <c r="J73">
-        <v>1.406</v>
+        <v>0.483</v>
       </c>
       <c r="K73" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
         <v>155</v>
       </c>
       <c r="B74" s="1">
         <v>45938.0</v>
       </c>
       <c r="C74">
-        <v>7.21</v>
+        <v>1.41</v>
       </c>
       <c r="D74">
-        <v>0.1389</v>
+        <v>0.7143</v>
       </c>
       <c r="E74">
-        <v>18321</v>
+        <v>76303</v>
       </c>
       <c r="F74">
-        <v>7.3</v>
+        <v>1.42</v>
       </c>
       <c r="G74">
-        <v>7.2</v>
+        <v>1.382</v>
       </c>
       <c r="H74">
-        <v>133118.33</v>
+        <v>107102.46</v>
       </c>
       <c r="I74">
-        <v>128</v>
+        <v>145</v>
       </c>
       <c r="J74">
-        <v>7.2</v>
+        <v>1.406</v>
       </c>
       <c r="K74" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
         <v>157</v>
       </c>
       <c r="B75" s="1">
         <v>45938.0</v>
       </c>
       <c r="C75">
-        <v>17.2</v>
+        <v>7.21</v>
       </c>
       <c r="D75">
-        <v>-0.578</v>
+        <v>0.1389</v>
       </c>
       <c r="E75">
-        <v>32666</v>
+        <v>18321</v>
       </c>
       <c r="F75">
-        <v>17.4</v>
+        <v>7.3</v>
       </c>
       <c r="G75">
-        <v>17.04</v>
+        <v>7.2</v>
       </c>
       <c r="H75">
-        <v>560508.54</v>
+        <v>133118.33</v>
       </c>
       <c r="I75">
-        <v>250</v>
+        <v>128</v>
       </c>
       <c r="J75">
-        <v>17.34</v>
+        <v>7.2</v>
       </c>
       <c r="K75" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
         <v>159</v>
       </c>
       <c r="B76" s="1">
         <v>45938.0</v>
       </c>
       <c r="C76">
-        <v>2.18</v>
+        <v>17.2</v>
       </c>
       <c r="D76">
-        <v>0.0</v>
+        <v>-0.578</v>
       </c>
       <c r="E76">
-        <v>0</v>
+        <v>32666</v>
       </c>
       <c r="F76">
-        <v>0.0</v>
+        <v>17.4</v>
       </c>
       <c r="G76">
-        <v>0.0</v>
+        <v>17.04</v>
       </c>
       <c r="H76">
-        <v>0.0</v>
+        <v>560508.54</v>
       </c>
       <c r="I76">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="J76">
-        <v>0.0</v>
+        <v>17.34</v>
       </c>
       <c r="K76" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
         <v>161</v>
       </c>
       <c r="B77" s="1">
         <v>45938.0</v>
       </c>
       <c r="C77">
-        <v>2.08</v>
+        <v>2.18</v>
       </c>
       <c r="D77">
-        <v>-2.3474</v>
+        <v>0.0</v>
       </c>
       <c r="E77">
-        <v>21006</v>
+        <v>0</v>
       </c>
       <c r="F77">
-        <v>2.17</v>
+        <v>0.0</v>
       </c>
       <c r="G77">
-        <v>2.08</v>
+        <v>0.0</v>
       </c>
       <c r="H77">
-        <v>44615.85</v>
+        <v>0.0</v>
       </c>
       <c r="I77">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="J77">
-        <v>2.13</v>
+        <v>0.0</v>
       </c>
       <c r="K77" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
         <v>163</v>
       </c>
       <c r="B78" s="1">
         <v>45938.0</v>
       </c>
       <c r="C78">
-        <v>0.799</v>
+        <v>2.08</v>
       </c>
       <c r="D78">
-        <v>0.6297</v>
+        <v>-2.3474</v>
       </c>
       <c r="E78">
-        <v>105939</v>
+        <v>21006</v>
       </c>
       <c r="F78">
-        <v>0.81</v>
+        <v>2.17</v>
       </c>
       <c r="G78">
-        <v>0.794</v>
+        <v>2.08</v>
       </c>
       <c r="H78">
-        <v>85108.34</v>
+        <v>44615.85</v>
       </c>
       <c r="I78">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="J78">
-        <v>0.794</v>
+        <v>2.13</v>
       </c>
       <c r="K78" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
         <v>165</v>
       </c>
       <c r="B79" s="1">
         <v>45938.0</v>
       </c>
       <c r="C79">
-        <v>7.67</v>
+        <v>0.799</v>
       </c>
       <c r="D79">
-        <v>0.5242</v>
+        <v>0.6297</v>
       </c>
       <c r="E79">
-        <v>259126</v>
+        <v>105939</v>
       </c>
       <c r="F79">
-        <v>7.77</v>
+        <v>0.81</v>
       </c>
       <c r="G79">
-        <v>7.61</v>
+        <v>0.794</v>
       </c>
       <c r="H79">
-        <v>1994268.36</v>
+        <v>85108.34</v>
       </c>
       <c r="I79">
-        <v>969</v>
+        <v>81</v>
       </c>
       <c r="J79">
-        <v>7.66</v>
+        <v>0.794</v>
       </c>
       <c r="K79" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
         <v>167</v>
       </c>
       <c r="B80" s="1">
         <v>45938.0</v>
       </c>
       <c r="C80">
-        <v>40.0</v>
+        <v>7.67</v>
       </c>
       <c r="D80">
-        <v>0.0</v>
+        <v>0.5242</v>
       </c>
       <c r="E80">
-        <v>2</v>
+        <v>259126</v>
       </c>
       <c r="F80">
-        <v>41.0</v>
+        <v>7.77</v>
       </c>
       <c r="G80">
-        <v>40.6</v>
+        <v>7.61</v>
       </c>
       <c r="H80">
-        <v>81.6</v>
+        <v>1994268.36</v>
       </c>
       <c r="I80">
-        <v>2</v>
+        <v>969</v>
       </c>
       <c r="J80">
-        <v>40.6</v>
+        <v>7.66</v>
       </c>
       <c r="K80" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
         <v>169</v>
       </c>
       <c r="B81" s="1">
         <v>45938.0</v>
       </c>
       <c r="C81">
-        <v>1.46</v>
+        <v>40.0</v>
       </c>
       <c r="D81">
-        <v>0.6897</v>
+        <v>0.0</v>
       </c>
       <c r="E81">
-        <v>71</v>
+        <v>2</v>
       </c>
       <c r="F81">
-        <v>1.51</v>
+        <v>41.0</v>
       </c>
       <c r="G81">
-        <v>1.33</v>
+        <v>40.6</v>
       </c>
       <c r="H81">
-        <v>98.94</v>
+        <v>81.6</v>
       </c>
       <c r="I81">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="J81">
-        <v>1.51</v>
+        <v>40.6</v>
       </c>
       <c r="K81" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
         <v>171</v>
       </c>
       <c r="B82" s="1">
         <v>45938.0</v>
       </c>
       <c r="C82">
-        <v>0.324</v>
+        <v>1.46</v>
       </c>
       <c r="D82">
-        <v>0.0</v>
+        <v>0.6897</v>
       </c>
       <c r="E82">
-        <v>0</v>
+        <v>71</v>
       </c>
       <c r="F82">
-        <v>0.0</v>
+        <v>1.51</v>
       </c>
       <c r="G82">
-        <v>0.0</v>
+        <v>1.33</v>
       </c>
       <c r="H82">
-        <v>0.0</v>
+        <v>98.94</v>
       </c>
       <c r="I82">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="J82">
-        <v>0.0</v>
+        <v>1.51</v>
       </c>
       <c r="K82" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
         <v>173</v>
       </c>
       <c r="B83" s="1">
         <v>45938.0</v>
       </c>
       <c r="C83">
-        <v>0.208</v>
+        <v>0.324</v>
       </c>
       <c r="D83">
         <v>0.0</v>
       </c>
       <c r="E83">
         <v>0</v>
       </c>
       <c r="F83">
         <v>0.0</v>
       </c>
       <c r="G83">
         <v>0.0</v>
       </c>
       <c r="H83">
         <v>0.0</v>
       </c>
       <c r="I83">
         <v>0</v>
       </c>
       <c r="J83">
         <v>0.0</v>
       </c>
       <c r="K83" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
         <v>175</v>
       </c>
       <c r="B84" s="1">
         <v>45938.0</v>
       </c>
       <c r="C84">
-        <v>1.98</v>
+        <v>0.208</v>
       </c>
       <c r="D84">
-        <v>0.5076</v>
+        <v>0.0</v>
       </c>
       <c r="E84">
-        <v>885</v>
+        <v>0</v>
       </c>
       <c r="F84">
-        <v>1.98</v>
+        <v>0.0</v>
       </c>
       <c r="G84">
-        <v>1.93</v>
+        <v>0.0</v>
       </c>
       <c r="H84">
-        <v>1732.88</v>
+        <v>0.0</v>
       </c>
       <c r="I84">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="J84">
-        <v>1.93</v>
+        <v>0.0</v>
       </c>
       <c r="K84" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
         <v>177</v>
       </c>
       <c r="B85" s="1">
         <v>45938.0</v>
       </c>
       <c r="C85">
-        <v>3.72</v>
+        <v>1.98</v>
       </c>
       <c r="D85">
-        <v>0.2695</v>
+        <v>0.5076</v>
       </c>
       <c r="E85">
-        <v>17635</v>
+        <v>885</v>
       </c>
       <c r="F85">
-        <v>3.78</v>
+        <v>1.98</v>
       </c>
       <c r="G85">
-        <v>3.63</v>
+        <v>1.93</v>
       </c>
       <c r="H85">
-        <v>65597.9</v>
+        <v>1732.88</v>
       </c>
       <c r="I85">
-        <v>58</v>
+        <v>11</v>
       </c>
       <c r="J85">
-        <v>3.7</v>
+        <v>1.93</v>
       </c>
       <c r="K85" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
         <v>179</v>
       </c>
       <c r="B86" s="1">
         <v>45938.0</v>
       </c>
       <c r="C86">
-        <v>0.905</v>
+        <v>3.72</v>
       </c>
       <c r="D86">
-        <v>-1.0929</v>
+        <v>0.2695</v>
       </c>
       <c r="E86">
-        <v>7521</v>
+        <v>17635</v>
       </c>
       <c r="F86">
-        <v>0.92</v>
+        <v>3.78</v>
       </c>
       <c r="G86">
-        <v>0.865</v>
+        <v>3.63</v>
       </c>
       <c r="H86">
-        <v>6641.72</v>
+        <v>65597.9</v>
       </c>
       <c r="I86">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="J86">
-        <v>0.92</v>
+        <v>3.7</v>
       </c>
       <c r="K86" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
         <v>181</v>
       </c>
       <c r="B87" s="1">
         <v>45938.0</v>
       </c>
       <c r="C87">
-        <v>8.35</v>
+        <v>0.905</v>
       </c>
       <c r="D87">
-        <v>1.8293</v>
+        <v>-1.0929</v>
       </c>
       <c r="E87">
-        <v>4615</v>
+        <v>7521</v>
       </c>
       <c r="F87">
-        <v>8.4</v>
+        <v>0.92</v>
       </c>
       <c r="G87">
-        <v>8.2</v>
+        <v>0.865</v>
       </c>
       <c r="H87">
-        <v>38317.05</v>
+        <v>6641.72</v>
       </c>
       <c r="I87">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="J87">
-        <v>8.4</v>
+        <v>0.92</v>
       </c>
       <c r="K87" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
         <v>183</v>
       </c>
       <c r="B88" s="1">
         <v>45938.0</v>
       </c>
       <c r="C88">
-        <v>2.49</v>
+        <v>8.35</v>
       </c>
       <c r="D88">
-        <v>1.6327</v>
+        <v>1.8293</v>
       </c>
       <c r="E88">
-        <v>1960</v>
+        <v>4615</v>
       </c>
       <c r="F88">
-        <v>2.51</v>
+        <v>8.4</v>
       </c>
       <c r="G88">
-        <v>2.49</v>
+        <v>8.2</v>
       </c>
       <c r="H88">
-        <v>4890.65</v>
+        <v>38317.05</v>
       </c>
       <c r="I88">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="J88">
-        <v>2.51</v>
+        <v>8.4</v>
       </c>
       <c r="K88" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
         <v>185</v>
       </c>
       <c r="B89" s="1">
         <v>45938.0</v>
       </c>
       <c r="C89">
-        <v>34.8</v>
+        <v>2.49</v>
       </c>
       <c r="D89">
-        <v>-3.8674</v>
+        <v>1.6327</v>
       </c>
       <c r="E89">
-        <v>133</v>
+        <v>1960</v>
       </c>
       <c r="F89">
-        <v>35.8</v>
+        <v>2.51</v>
       </c>
       <c r="G89">
-        <v>34.2</v>
+        <v>2.49</v>
       </c>
       <c r="H89">
-        <v>4617.8</v>
+        <v>4890.65</v>
       </c>
       <c r="I89">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="J89">
-        <v>34.2</v>
+        <v>2.51</v>
       </c>
       <c r="K89" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
         <v>187</v>
       </c>
       <c r="B90" s="1">
         <v>45938.0</v>
       </c>
       <c r="C90">
-        <v>3.96</v>
+        <v>34.8</v>
       </c>
       <c r="D90">
-        <v>-1.737</v>
+        <v>-3.8674</v>
       </c>
       <c r="E90">
-        <v>16935</v>
+        <v>133</v>
       </c>
       <c r="F90">
-        <v>4.03</v>
+        <v>35.8</v>
       </c>
       <c r="G90">
-        <v>3.95</v>
+        <v>34.2</v>
       </c>
       <c r="H90">
-        <v>67597.72</v>
+        <v>4617.8</v>
       </c>
       <c r="I90">
-        <v>637</v>
+        <v>7</v>
       </c>
       <c r="J90">
-        <v>4.0</v>
+        <v>34.2</v>
       </c>
       <c r="K90" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
         <v>189</v>
       </c>
       <c r="B91" s="1">
         <v>45938.0</v>
       </c>
       <c r="C91">
-        <v>0.606</v>
+        <v>3.96</v>
       </c>
       <c r="D91">
-        <v>1.0</v>
+        <v>-1.737</v>
       </c>
       <c r="E91">
-        <v>3958</v>
+        <v>16935</v>
       </c>
       <c r="F91">
-        <v>0.606</v>
+        <v>4.03</v>
       </c>
       <c r="G91">
-        <v>0.59</v>
+        <v>3.95</v>
       </c>
       <c r="H91">
-        <v>2346.11</v>
+        <v>67597.72</v>
       </c>
       <c r="I91">
-        <v>19</v>
+        <v>637</v>
       </c>
       <c r="J91">
-        <v>0.592</v>
+        <v>4.0</v>
       </c>
       <c r="K91" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
         <v>191</v>
       </c>
       <c r="B92" s="1">
         <v>45938.0</v>
       </c>
       <c r="C92">
-        <v>25.74</v>
+        <v>0.606</v>
       </c>
       <c r="D92">
-        <v>-1.7557</v>
+        <v>1.0</v>
       </c>
       <c r="E92">
-        <v>78480</v>
+        <v>3958</v>
       </c>
       <c r="F92">
-        <v>26.2</v>
+        <v>0.606</v>
       </c>
       <c r="G92">
-        <v>25.74</v>
+        <v>0.59</v>
       </c>
       <c r="H92">
-        <v>2027734.24</v>
+        <v>2346.11</v>
       </c>
       <c r="I92">
-        <v>753</v>
+        <v>19</v>
       </c>
       <c r="J92">
-        <v>26.2</v>
+        <v>0.592</v>
       </c>
       <c r="K92" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
         <v>193</v>
       </c>
       <c r="B93" s="1">
         <v>45938.0</v>
       </c>
       <c r="C93">
-        <v>5.44</v>
+        <v>25.74</v>
       </c>
       <c r="D93">
-        <v>1.1152</v>
+        <v>-1.7557</v>
       </c>
       <c r="E93">
-        <v>410</v>
+        <v>78480</v>
       </c>
       <c r="F93">
-        <v>5.5</v>
+        <v>26.2</v>
       </c>
       <c r="G93">
-        <v>5.34</v>
+        <v>25.74</v>
       </c>
       <c r="H93">
-        <v>2231.8</v>
+        <v>2027734.24</v>
       </c>
       <c r="I93">
-        <v>6</v>
+        <v>753</v>
       </c>
       <c r="J93">
-        <v>5.34</v>
+        <v>26.2</v>
       </c>
       <c r="K93" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
         <v>195</v>
       </c>
       <c r="B94" s="1">
         <v>45938.0</v>
       </c>
       <c r="C94">
-        <v>2.67</v>
+        <v>5.44</v>
       </c>
       <c r="D94">
-        <v>0.0</v>
+        <v>1.1152</v>
       </c>
       <c r="E94">
-        <v>16266</v>
+        <v>410</v>
       </c>
       <c r="F94">
-        <v>2.68</v>
+        <v>5.5</v>
       </c>
       <c r="G94">
-        <v>2.65</v>
+        <v>5.34</v>
       </c>
       <c r="H94">
-        <v>43342.42</v>
+        <v>2231.8</v>
       </c>
       <c r="I94">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="J94">
-        <v>2.65</v>
+        <v>5.34</v>
       </c>
       <c r="K94" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
         <v>197</v>
       </c>
       <c r="B95" s="1">
         <v>45938.0</v>
       </c>
       <c r="C95">
-        <v>0.625</v>
+        <v>2.67</v>
       </c>
       <c r="D95">
         <v>0.0</v>
       </c>
       <c r="E95">
-        <v>74</v>
+        <v>16266</v>
       </c>
       <c r="F95">
-        <v>0.62</v>
+        <v>2.68</v>
       </c>
       <c r="G95">
-        <v>0.62</v>
+        <v>2.65</v>
       </c>
       <c r="H95">
-        <v>45.88</v>
+        <v>43342.42</v>
       </c>
       <c r="I95">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="J95">
-        <v>0.62</v>
+        <v>2.65</v>
       </c>
       <c r="K95" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
         <v>199</v>
       </c>
       <c r="B96" s="1">
         <v>45938.0</v>
       </c>
       <c r="C96">
-        <v>28.12</v>
+        <v>0.625</v>
       </c>
       <c r="D96">
-        <v>-2.8334</v>
+        <v>0.0</v>
       </c>
       <c r="E96">
-        <v>516997</v>
+        <v>74</v>
       </c>
       <c r="F96">
-        <v>29.14</v>
+        <v>0.62</v>
       </c>
       <c r="G96">
-        <v>28.06</v>
+        <v>0.62</v>
       </c>
       <c r="H96">
-        <v>14678515.08</v>
+        <v>45.88</v>
       </c>
       <c r="I96">
-        <v>3240</v>
+        <v>1</v>
       </c>
       <c r="J96">
-        <v>28.94</v>
+        <v>0.62</v>
       </c>
       <c r="K96" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
         <v>201</v>
       </c>
       <c r="B97" s="1">
         <v>45938.0</v>
       </c>
       <c r="C97">
-        <v>4.13</v>
+        <v>28.12</v>
       </c>
       <c r="D97">
-        <v>0.2427</v>
+        <v>-2.8334</v>
       </c>
       <c r="E97">
-        <v>1900</v>
+        <v>516997</v>
       </c>
       <c r="F97">
-        <v>4.13</v>
+        <v>29.14</v>
       </c>
       <c r="G97">
-        <v>4.1</v>
+        <v>28.06</v>
       </c>
       <c r="H97">
-        <v>7843.0</v>
+        <v>14678515.08</v>
       </c>
       <c r="I97">
-        <v>14</v>
+        <v>3240</v>
       </c>
       <c r="J97">
-        <v>4.1</v>
+        <v>28.94</v>
       </c>
       <c r="K97" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
         <v>203</v>
       </c>
       <c r="B98" s="1">
         <v>45938.0</v>
       </c>
       <c r="C98">
-        <v>3.0</v>
+        <v>4.13</v>
       </c>
       <c r="D98">
-        <v>3.0928</v>
+        <v>0.2427</v>
       </c>
       <c r="E98">
-        <v>12674</v>
+        <v>1900</v>
       </c>
       <c r="F98">
-        <v>3.0</v>
+        <v>4.13</v>
       </c>
       <c r="G98">
-        <v>2.9</v>
+        <v>4.1</v>
       </c>
       <c r="H98">
-        <v>37271.55</v>
+        <v>7843.0</v>
       </c>
       <c r="I98">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="J98">
-        <v>2.91</v>
+        <v>4.1</v>
       </c>
       <c r="K98" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
         <v>205</v>
       </c>
       <c r="B99" s="1">
         <v>45938.0</v>
       </c>
       <c r="C99">
-        <v>0.51</v>
+        <v>3.0</v>
       </c>
       <c r="D99">
-        <v>0.0</v>
+        <v>3.0928</v>
       </c>
       <c r="E99">
-        <v>0</v>
+        <v>12674</v>
       </c>
       <c r="F99">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="G99">
-        <v>0.0</v>
+        <v>2.9</v>
       </c>
       <c r="H99">
-        <v>0.0</v>
+        <v>37271.55</v>
       </c>
       <c r="I99">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="J99">
-        <v>0.0</v>
+        <v>2.91</v>
       </c>
       <c r="K99" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
         <v>207</v>
       </c>
       <c r="B100" s="1">
         <v>45938.0</v>
       </c>
       <c r="C100">
-        <v>3.3</v>
+        <v>0.51</v>
       </c>
       <c r="D100">
-        <v>-2.3669</v>
+        <v>0.0</v>
       </c>
       <c r="E100">
-        <v>1170</v>
+        <v>0</v>
       </c>
       <c r="F100">
-        <v>3.3</v>
+        <v>0.0</v>
       </c>
       <c r="G100">
-        <v>3.2</v>
+        <v>0.0</v>
       </c>
       <c r="H100">
-        <v>3859.2</v>
+        <v>0.0</v>
       </c>
       <c r="I100">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="J100">
-        <v>3.2</v>
+        <v>0.0</v>
       </c>
       <c r="K100" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
         <v>209</v>
       </c>
       <c r="B101" s="1">
         <v>45938.0</v>
       </c>
       <c r="C101">
-        <v>1.3</v>
+        <v>3.3</v>
       </c>
       <c r="D101">
-        <v>-0.3831</v>
+        <v>-2.3669</v>
       </c>
       <c r="E101">
-        <v>20755</v>
+        <v>1170</v>
       </c>
       <c r="F101">
-        <v>1.33</v>
+        <v>3.3</v>
       </c>
       <c r="G101">
-        <v>1.26</v>
+        <v>3.2</v>
       </c>
       <c r="H101">
-        <v>26819.18</v>
+        <v>3859.2</v>
       </c>
       <c r="I101">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="J101">
-        <v>1.305</v>
+        <v>3.2</v>
       </c>
       <c r="K101" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
         <v>211</v>
       </c>
       <c r="B102" s="1">
         <v>45938.0</v>
       </c>
       <c r="C102">
-        <v>0.264</v>
+        <v>1.3</v>
       </c>
       <c r="D102">
-        <v>2.7237</v>
+        <v>-0.3831</v>
       </c>
       <c r="E102">
-        <v>26807</v>
+        <v>20755</v>
       </c>
       <c r="F102">
-        <v>0.265</v>
+        <v>1.33</v>
       </c>
       <c r="G102">
-        <v>0.26</v>
+        <v>1.26</v>
       </c>
       <c r="H102">
-        <v>7065.22</v>
+        <v>26819.18</v>
       </c>
       <c r="I102">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="J102">
-        <v>0.261</v>
+        <v>1.305</v>
       </c>
       <c r="K102" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
         <v>213</v>
       </c>
       <c r="B103" s="1">
         <v>45938.0</v>
       </c>
       <c r="C103">
-        <v>0.494</v>
+        <v>0.264</v>
       </c>
       <c r="D103">
-        <v>3.3473</v>
+        <v>2.7237</v>
       </c>
       <c r="E103">
-        <v>2037</v>
+        <v>26807</v>
       </c>
       <c r="F103">
-        <v>0.5</v>
+        <v>0.265</v>
       </c>
       <c r="G103">
-        <v>0.49</v>
+        <v>0.26</v>
       </c>
       <c r="H103">
-        <v>1007.35</v>
+        <v>7065.22</v>
       </c>
       <c r="I103">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="J103">
-        <v>0.49</v>
+        <v>0.261</v>
       </c>
       <c r="K103" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
         <v>215</v>
       </c>
       <c r="B104" s="1">
         <v>45938.0</v>
       </c>
       <c r="C104">
-        <v>36.4</v>
+        <v>0.494</v>
       </c>
       <c r="D104">
-        <v>-0.274</v>
+        <v>3.3473</v>
       </c>
       <c r="E104">
-        <v>1290</v>
+        <v>2037</v>
       </c>
       <c r="F104">
-        <v>36.5</v>
+        <v>0.5</v>
       </c>
       <c r="G104">
-        <v>35.5</v>
+        <v>0.49</v>
       </c>
       <c r="H104">
-        <v>46472.4</v>
+        <v>1007.35</v>
       </c>
       <c r="I104">
-        <v>42</v>
+        <v>6</v>
       </c>
       <c r="J104">
-        <v>36.5</v>
+        <v>0.49</v>
       </c>
       <c r="K104" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
         <v>217</v>
       </c>
       <c r="B105" s="1">
         <v>45938.0</v>
       </c>
       <c r="C105">
-        <v>44.15</v>
+        <v>36.4</v>
       </c>
       <c r="D105">
-        <v>1.7281</v>
+        <v>-0.274</v>
       </c>
       <c r="E105">
-        <v>5858</v>
+        <v>1290</v>
       </c>
       <c r="F105">
-        <v>44.15</v>
+        <v>36.5</v>
       </c>
       <c r="G105">
-        <v>43.1</v>
+        <v>35.5</v>
       </c>
       <c r="H105">
-        <v>255633.85</v>
+        <v>46472.4</v>
       </c>
       <c r="I105">
-        <v>217</v>
+        <v>42</v>
       </c>
       <c r="J105">
-        <v>43.4</v>
+        <v>36.5</v>
       </c>
       <c r="K105" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
         <v>219</v>
       </c>
       <c r="B106" s="1">
         <v>45938.0</v>
       </c>
       <c r="C106">
-        <v>2.4</v>
+        <v>44.15</v>
       </c>
       <c r="D106">
-        <v>0.4184</v>
+        <v>1.7281</v>
       </c>
       <c r="E106">
-        <v>6913</v>
+        <v>5858</v>
       </c>
       <c r="F106">
-        <v>2.41</v>
+        <v>44.15</v>
       </c>
       <c r="G106">
-        <v>2.36</v>
+        <v>43.1</v>
       </c>
       <c r="H106">
-        <v>16403.67</v>
+        <v>255633.85</v>
       </c>
       <c r="I106">
-        <v>70</v>
+        <v>217</v>
       </c>
       <c r="J106">
-        <v>2.39</v>
+        <v>43.4</v>
       </c>
       <c r="K106" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
         <v>221</v>
       </c>
       <c r="B107" s="1">
         <v>45938.0</v>
       </c>
       <c r="C107">
-        <v>19.94</v>
+        <v>2.4</v>
       </c>
       <c r="D107">
-        <v>-0.8946</v>
+        <v>0.4184</v>
       </c>
       <c r="E107">
-        <v>206709</v>
+        <v>6913</v>
       </c>
       <c r="F107">
-        <v>20.22</v>
+        <v>2.41</v>
       </c>
       <c r="G107">
-        <v>19.93</v>
+        <v>2.36</v>
       </c>
       <c r="H107">
-        <v>4127528.42</v>
+        <v>16403.67</v>
       </c>
       <c r="I107">
-        <v>1503</v>
+        <v>70</v>
       </c>
       <c r="J107">
-        <v>20.04</v>
+        <v>2.39</v>
       </c>
       <c r="K107" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
         <v>223</v>
       </c>
       <c r="B108" s="1">
         <v>45938.0</v>
       </c>
       <c r="C108">
-        <v>0.798</v>
+        <v>19.94</v>
       </c>
       <c r="D108">
-        <v>0.2513</v>
+        <v>-0.8946</v>
       </c>
       <c r="E108">
-        <v>51240</v>
+        <v>206709</v>
       </c>
       <c r="F108">
-        <v>0.798</v>
+        <v>20.22</v>
       </c>
       <c r="G108">
-        <v>0.79</v>
+        <v>19.93</v>
       </c>
       <c r="H108">
-        <v>40640.44</v>
+        <v>4127528.42</v>
       </c>
       <c r="I108">
-        <v>32</v>
+        <v>1503</v>
       </c>
       <c r="J108">
-        <v>0.796</v>
+        <v>20.04</v>
       </c>
       <c r="K108" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
         <v>225</v>
       </c>
       <c r="B109" s="1">
         <v>45938.0</v>
       </c>
       <c r="C109">
-        <v>15.9</v>
+        <v>0.798</v>
       </c>
       <c r="D109">
-        <v>0.3155</v>
+        <v>0.2513</v>
       </c>
       <c r="E109">
-        <v>354572</v>
+        <v>51240</v>
       </c>
       <c r="F109">
-        <v>16.01</v>
+        <v>0.798</v>
       </c>
       <c r="G109">
-        <v>15.78</v>
+        <v>0.79</v>
       </c>
       <c r="H109">
-        <v>5632726.0</v>
+        <v>40640.44</v>
       </c>
       <c r="I109">
-        <v>1718</v>
+        <v>32</v>
       </c>
       <c r="J109">
-        <v>15.85</v>
+        <v>0.796</v>
       </c>
       <c r="K109" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
         <v>227</v>
       </c>
       <c r="B110" s="1">
         <v>45938.0</v>
       </c>
       <c r="C110">
-        <v>11.38</v>
+        <v>15.9</v>
       </c>
       <c r="D110">
-        <v>0.3527</v>
+        <v>0.3155</v>
       </c>
       <c r="E110">
-        <v>29280</v>
+        <v>354572</v>
       </c>
       <c r="F110">
-        <v>11.46</v>
+        <v>16.01</v>
       </c>
       <c r="G110">
-        <v>11.16</v>
+        <v>15.78</v>
       </c>
       <c r="H110">
-        <v>331017.1</v>
+        <v>5632726.0</v>
       </c>
       <c r="I110">
-        <v>279</v>
+        <v>1718</v>
       </c>
       <c r="J110">
-        <v>11.16</v>
+        <v>15.85</v>
       </c>
       <c r="K110" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
         <v>229</v>
       </c>
       <c r="B111" s="1">
         <v>45938.0</v>
       </c>
       <c r="C111">
-        <v>1.085</v>
+        <v>11.38</v>
       </c>
       <c r="D111">
-        <v>1.8779</v>
+        <v>0.3527</v>
       </c>
       <c r="E111">
-        <v>10</v>
+        <v>29280</v>
       </c>
       <c r="F111">
-        <v>1.09</v>
+        <v>11.46</v>
       </c>
       <c r="G111">
-        <v>1.08</v>
+        <v>11.16</v>
       </c>
       <c r="H111">
-        <v>10.84</v>
+        <v>331017.1</v>
       </c>
       <c r="I111">
-        <v>2</v>
+        <v>279</v>
       </c>
       <c r="J111">
-        <v>1.08</v>
+        <v>11.16</v>
       </c>
       <c r="K111" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
         <v>231</v>
       </c>
       <c r="B112" s="1">
         <v>45938.0</v>
       </c>
       <c r="C112">
-        <v>3.02</v>
+        <v>1.085</v>
       </c>
       <c r="D112">
-        <v>2.7211</v>
+        <v>1.8779</v>
       </c>
       <c r="E112">
-        <v>52328</v>
+        <v>10</v>
       </c>
       <c r="F112">
-        <v>3.1</v>
+        <v>1.09</v>
       </c>
       <c r="G112">
-        <v>2.94</v>
+        <v>1.08</v>
       </c>
       <c r="H112">
-        <v>156184.88</v>
+        <v>10.84</v>
       </c>
       <c r="I112">
-        <v>125</v>
+        <v>2</v>
       </c>
       <c r="J112">
-        <v>2.95</v>
+        <v>1.08</v>
       </c>
       <c r="K112" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
         <v>233</v>
       </c>
       <c r="B113" s="1">
         <v>45938.0</v>
       </c>
       <c r="C113">
-        <v>7.544</v>
+        <v>3.02</v>
       </c>
       <c r="D113">
-        <v>1.7534</v>
+        <v>2.7211</v>
       </c>
       <c r="E113">
-        <v>3699817</v>
+        <v>52328</v>
       </c>
       <c r="F113">
-        <v>7.59</v>
+        <v>3.1</v>
       </c>
       <c r="G113">
-        <v>7.444</v>
+        <v>2.94</v>
       </c>
       <c r="H113">
-        <v>27822312.39</v>
+        <v>156184.88</v>
       </c>
       <c r="I113">
-        <v>5175</v>
+        <v>125</v>
       </c>
       <c r="J113">
-        <v>7.444</v>
+        <v>2.95</v>
       </c>
       <c r="K113" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
         <v>235</v>
       </c>
       <c r="B114" s="1">
         <v>45938.0</v>
       </c>
       <c r="C114">
-        <v>6.56</v>
+        <v>7.544</v>
       </c>
       <c r="D114">
-        <v>2.6604</v>
+        <v>1.7534</v>
       </c>
       <c r="E114">
-        <v>37111</v>
+        <v>3699817</v>
       </c>
       <c r="F114">
-        <v>6.57</v>
+        <v>7.59</v>
       </c>
       <c r="G114">
-        <v>6.42</v>
+        <v>7.444</v>
       </c>
       <c r="H114">
-        <v>242396.55</v>
+        <v>27822312.39</v>
       </c>
       <c r="I114">
-        <v>190</v>
+        <v>5175</v>
       </c>
       <c r="J114">
-        <v>6.44</v>
+        <v>7.444</v>
       </c>
       <c r="K114" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
         <v>237</v>
       </c>
       <c r="B115" s="1">
         <v>45938.0</v>
       </c>
       <c r="C115">
-        <v>9.02</v>
+        <v>6.56</v>
       </c>
       <c r="D115">
-        <v>0.4454</v>
+        <v>2.6604</v>
       </c>
       <c r="E115">
-        <v>8237</v>
+        <v>37111</v>
       </c>
       <c r="F115">
-        <v>9.04</v>
+        <v>6.57</v>
       </c>
       <c r="G115">
-        <v>8.88</v>
+        <v>6.42</v>
       </c>
       <c r="H115">
-        <v>74006.14</v>
+        <v>242396.55</v>
       </c>
       <c r="I115">
-        <v>54</v>
+        <v>190</v>
       </c>
       <c r="J115">
-        <v>9.0</v>
+        <v>6.44</v>
       </c>
       <c r="K115" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
         <v>239</v>
       </c>
       <c r="B116" s="1">
         <v>45938.0</v>
       </c>
       <c r="C116">
-        <v>4.02</v>
+        <v>9.02</v>
       </c>
       <c r="D116">
-        <v>-0.2481</v>
+        <v>0.4454</v>
       </c>
       <c r="E116">
-        <v>44611</v>
+        <v>8237</v>
       </c>
       <c r="F116">
-        <v>4.03</v>
+        <v>9.04</v>
       </c>
       <c r="G116">
-        <v>4.0</v>
+        <v>8.88</v>
       </c>
       <c r="H116">
-        <v>179103.0</v>
+        <v>74006.14</v>
       </c>
       <c r="I116">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="J116">
-        <v>4.01</v>
+        <v>9.0</v>
       </c>
       <c r="K116" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
         <v>241</v>
       </c>
       <c r="B117" s="1">
         <v>45938.0</v>
       </c>
       <c r="C117">
-        <v>15.3</v>
+        <v>4.02</v>
       </c>
       <c r="D117">
-        <v>0.0</v>
+        <v>-0.2481</v>
       </c>
       <c r="E117">
-        <v>26</v>
+        <v>44611</v>
       </c>
       <c r="F117">
-        <v>15.5</v>
+        <v>4.03</v>
       </c>
       <c r="G117">
-        <v>15.3</v>
+        <v>4.0</v>
       </c>
       <c r="H117">
-        <v>400.7</v>
+        <v>179103.0</v>
       </c>
       <c r="I117">
-        <v>5</v>
+        <v>156</v>
       </c>
       <c r="J117">
-        <v>15.4</v>
+        <v>4.01</v>
       </c>
       <c r="K117" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
         <v>243</v>
       </c>
       <c r="B118" s="1">
         <v>45938.0</v>
       </c>
       <c r="C118">
-        <v>0.51</v>
+        <v>15.3</v>
       </c>
       <c r="D118">
-        <v>8.0508</v>
+        <v>0.0</v>
       </c>
       <c r="E118">
-        <v>116772</v>
+        <v>26</v>
       </c>
       <c r="F118">
-        <v>0.52</v>
+        <v>15.5</v>
       </c>
       <c r="G118">
-        <v>0.48</v>
+        <v>15.3</v>
       </c>
       <c r="H118">
-        <v>58139.58</v>
+        <v>400.7</v>
       </c>
       <c r="I118">
-        <v>79</v>
+        <v>5</v>
       </c>
       <c r="J118">
-        <v>0.482</v>
+        <v>15.4</v>
       </c>
       <c r="K118" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s">
         <v>245</v>
       </c>
       <c r="B119" s="1">
         <v>45938.0</v>
       </c>
       <c r="C119">
-        <v>1.36</v>
+        <v>0.51</v>
       </c>
       <c r="D119">
-        <v>0.295</v>
+        <v>8.0508</v>
       </c>
       <c r="E119">
-        <v>130250</v>
+        <v>116772</v>
       </c>
       <c r="F119">
-        <v>1.362</v>
+        <v>0.52</v>
       </c>
       <c r="G119">
-        <v>1.35</v>
+        <v>0.48</v>
       </c>
       <c r="H119">
-        <v>176598.01</v>
+        <v>58139.58</v>
       </c>
       <c r="I119">
-        <v>254</v>
+        <v>79</v>
       </c>
       <c r="J119">
-        <v>1.356</v>
+        <v>0.482</v>
       </c>
       <c r="K119" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s">
         <v>247</v>
       </c>
       <c r="B120" s="1">
         <v>45938.0</v>
       </c>
       <c r="C120">
-        <v>6.0</v>
+        <v>1.36</v>
       </c>
       <c r="D120">
-        <v>0.0</v>
+        <v>0.295</v>
       </c>
       <c r="E120">
-        <v>1</v>
+        <v>130250</v>
       </c>
       <c r="F120">
-        <v>5.85</v>
+        <v>1.362</v>
       </c>
       <c r="G120">
-        <v>5.85</v>
+        <v>1.35</v>
       </c>
       <c r="H120">
-        <v>5.85</v>
+        <v>176598.01</v>
       </c>
       <c r="I120">
-        <v>1</v>
+        <v>254</v>
       </c>
       <c r="J120">
-        <v>5.85</v>
+        <v>1.356</v>
       </c>
       <c r="K120" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s">
         <v>249</v>
       </c>
       <c r="B121" s="1">
         <v>45938.0</v>
       </c>
       <c r="C121">
-        <v>7.22</v>
+        <v>6.0</v>
       </c>
       <c r="D121">
-        <v>-0.8242</v>
+        <v>0.0</v>
       </c>
       <c r="E121">
-        <v>39092</v>
+        <v>1</v>
       </c>
       <c r="F121">
-        <v>7.33</v>
+        <v>5.85</v>
       </c>
       <c r="G121">
-        <v>7.11</v>
+        <v>5.85</v>
       </c>
       <c r="H121">
-        <v>281954.62</v>
+        <v>5.85</v>
       </c>
       <c r="I121">
-        <v>170</v>
+        <v>1</v>
       </c>
       <c r="J121">
-        <v>7.29</v>
+        <v>5.85</v>
       </c>
       <c r="K121" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" t="s">
         <v>251</v>
       </c>
       <c r="B122" s="1">
         <v>45938.0</v>
       </c>
       <c r="C122">
-        <v>1.64</v>
+        <v>7.22</v>
       </c>
       <c r="D122">
-        <v>0.6135</v>
+        <v>-0.8242</v>
       </c>
       <c r="E122">
-        <v>14762</v>
+        <v>39092</v>
       </c>
       <c r="F122">
-        <v>1.66</v>
+        <v>7.33</v>
       </c>
       <c r="G122">
-        <v>1.64</v>
+        <v>7.11</v>
       </c>
       <c r="H122">
-        <v>24410.72</v>
+        <v>281954.62</v>
       </c>
       <c r="I122">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="J122">
-        <v>1.65</v>
+        <v>7.29</v>
       </c>
       <c r="K122" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s">
         <v>253</v>
       </c>
       <c r="B123" s="1">
         <v>45938.0</v>
       </c>
       <c r="C123">
-        <v>12.84</v>
+        <v>1.64</v>
       </c>
       <c r="D123">
-        <v>-0.9259</v>
+        <v>0.6135</v>
       </c>
       <c r="E123">
-        <v>12643</v>
+        <v>14762</v>
       </c>
       <c r="F123">
-        <v>13.26</v>
+        <v>1.66</v>
       </c>
       <c r="G123">
-        <v>12.84</v>
+        <v>1.64</v>
       </c>
       <c r="H123">
-        <v>163843.96</v>
+        <v>24410.72</v>
       </c>
       <c r="I123">
-        <v>209</v>
+        <v>48</v>
       </c>
       <c r="J123">
-        <v>13.26</v>
+        <v>1.65</v>
       </c>
       <c r="K123" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s">
         <v>255</v>
       </c>
       <c r="B124" s="1">
         <v>45938.0</v>
       </c>
       <c r="C124">
-        <v>1.15</v>
+        <v>12.84</v>
       </c>
       <c r="D124">
-        <v>0.0</v>
+        <v>-0.9259</v>
       </c>
       <c r="E124">
-        <v>0</v>
+        <v>12643</v>
       </c>
       <c r="F124">
-        <v>0.0</v>
+        <v>13.26</v>
       </c>
       <c r="G124">
-        <v>0.0</v>
+        <v>12.84</v>
       </c>
       <c r="H124">
-        <v>0.0</v>
+        <v>163843.96</v>
       </c>
       <c r="I124">
-        <v>0</v>
+        <v>209</v>
       </c>
       <c r="J124">
-        <v>0.0</v>
+        <v>13.26</v>
       </c>
       <c r="K124" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s">
         <v>257</v>
       </c>
       <c r="B125" s="1">
         <v>45938.0</v>
       </c>
       <c r="C125">
-        <v>0.337</v>
+        <v>1.15</v>
       </c>
       <c r="D125">
-        <v>-0.59</v>
+        <v>0.0</v>
       </c>
       <c r="E125">
-        <v>111983</v>
+        <v>0</v>
       </c>
       <c r="F125">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
       <c r="G125">
-        <v>0.327</v>
+        <v>0.0</v>
       </c>
       <c r="H125">
-        <v>38259.13</v>
+        <v>0.0</v>
       </c>
       <c r="I125">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="J125">
-        <v>0.339</v>
+        <v>0.0</v>
       </c>
       <c r="K125" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s">
         <v>259</v>
       </c>
       <c r="B126" s="1">
         <v>45938.0</v>
       </c>
       <c r="C126">
-        <v>1.6</v>
+        <v>0.337</v>
       </c>
       <c r="D126">
-        <v>1.5873</v>
+        <v>-0.59</v>
       </c>
       <c r="E126">
-        <v>310</v>
+        <v>111983</v>
       </c>
       <c r="F126">
-        <v>1.605</v>
+        <v>0.35</v>
       </c>
       <c r="G126">
-        <v>1.595</v>
+        <v>0.327</v>
       </c>
       <c r="H126">
-        <v>496.0</v>
+        <v>38259.13</v>
       </c>
       <c r="I126">
-        <v>3</v>
+        <v>80</v>
       </c>
       <c r="J126">
-        <v>1.605</v>
+        <v>0.339</v>
       </c>
       <c r="K126" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s">
         <v>261</v>
       </c>
       <c r="B127" s="1">
         <v>45938.0</v>
       </c>
       <c r="C127">
-        <v>7.72</v>
+        <v>1.6</v>
       </c>
       <c r="D127">
-        <v>0.2597</v>
+        <v>1.5873</v>
       </c>
       <c r="E127">
-        <v>2005</v>
+        <v>310</v>
       </c>
       <c r="F127">
-        <v>7.78</v>
+        <v>1.605</v>
       </c>
       <c r="G127">
-        <v>7.6</v>
+        <v>1.595</v>
       </c>
       <c r="H127">
-        <v>15375.2</v>
+        <v>496.0</v>
       </c>
       <c r="I127">
-        <v>37</v>
+        <v>3</v>
       </c>
       <c r="J127">
-        <v>7.78</v>
+        <v>1.605</v>
       </c>
       <c r="K127" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s">
         <v>263</v>
       </c>
       <c r="B128" s="1">
         <v>45938.0</v>
       </c>
       <c r="C128">
-        <v>0.63</v>
+        <v>7.72</v>
       </c>
       <c r="D128">
-        <v>0.0</v>
+        <v>0.2597</v>
       </c>
       <c r="E128">
-        <v>16820</v>
+        <v>2005</v>
       </c>
       <c r="F128">
-        <v>0.63</v>
+        <v>7.78</v>
       </c>
       <c r="G128">
-        <v>0.616</v>
+        <v>7.6</v>
       </c>
       <c r="H128">
-        <v>10457.92</v>
+        <v>15375.2</v>
       </c>
       <c r="I128">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="J128">
-        <v>0.63</v>
+        <v>7.78</v>
       </c>
       <c r="K128" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s">
         <v>265</v>
       </c>
       <c r="B129" s="1">
         <v>45938.0</v>
       </c>
       <c r="C129">
-        <v>0.138</v>
+        <v>0.63</v>
       </c>
       <c r="D129">
         <v>0.0</v>
       </c>
       <c r="E129">
-        <v>0</v>
+        <v>16820</v>
       </c>
       <c r="F129">
-        <v>0.0</v>
+        <v>0.63</v>
       </c>
       <c r="G129">
-        <v>0.0</v>
+        <v>0.616</v>
       </c>
       <c r="H129">
-        <v>0.0</v>
+        <v>10457.92</v>
       </c>
       <c r="I129">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="J129">
-        <v>0.0</v>
+        <v>0.63</v>
       </c>
       <c r="K129" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s">
         <v>267</v>
       </c>
       <c r="B130" s="1">
         <v>45938.0</v>
       </c>
       <c r="C130">
-        <v>1.38</v>
+        <v>0.138</v>
       </c>
       <c r="D130">
-        <v>-6.4407</v>
+        <v>0.0</v>
       </c>
       <c r="E130">
-        <v>18963</v>
+        <v>0</v>
       </c>
       <c r="F130">
-        <v>1.51</v>
+        <v>0.0</v>
       </c>
       <c r="G130">
-        <v>1.38</v>
+        <v>0.0</v>
       </c>
       <c r="H130">
-        <v>26763.38</v>
+        <v>0.0</v>
       </c>
       <c r="I130">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="J130">
-        <v>1.485</v>
+        <v>0.0</v>
       </c>
       <c r="K130" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" t="s">
         <v>269</v>
       </c>
       <c r="B131" s="1">
         <v>45938.0</v>
       </c>
       <c r="C131">
-        <v>1.26</v>
+        <v>1.38</v>
       </c>
       <c r="D131">
-        <v>-1.5625</v>
+        <v>-6.4407</v>
       </c>
       <c r="E131">
-        <v>3436</v>
+        <v>18963</v>
       </c>
       <c r="F131">
-        <v>1.28</v>
+        <v>1.51</v>
       </c>
       <c r="G131">
-        <v>1.24</v>
+        <v>1.38</v>
       </c>
       <c r="H131">
-        <v>4335.2</v>
+        <v>26763.38</v>
       </c>
       <c r="I131">
-        <v>20</v>
+        <v>92</v>
       </c>
       <c r="J131">
-        <v>1.28</v>
+        <v>1.485</v>
       </c>
       <c r="K131" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" t="s">
         <v>271</v>
       </c>
       <c r="B132" s="1">
         <v>45938.0</v>
       </c>
       <c r="C132">
-        <v>1.795</v>
+        <v>1.26</v>
       </c>
       <c r="D132">
-        <v>0.8427</v>
+        <v>-1.5625</v>
       </c>
       <c r="E132">
-        <v>60656</v>
+        <v>3436</v>
       </c>
       <c r="F132">
-        <v>1.8</v>
+        <v>1.28</v>
       </c>
       <c r="G132">
-        <v>1.78</v>
+        <v>1.24</v>
       </c>
       <c r="H132">
-        <v>108588.0</v>
+        <v>4335.2</v>
       </c>
       <c r="I132">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="J132">
-        <v>1.8</v>
+        <v>1.28</v>
       </c>
       <c r="K132" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s">
         <v>273</v>
       </c>
       <c r="B133" s="1">
         <v>45938.0</v>
       </c>
       <c r="C133">
-        <v>0.16</v>
+        <v>1.795</v>
       </c>
       <c r="D133">
-        <v>0.0</v>
+        <v>0.8427</v>
       </c>
       <c r="E133">
-        <v>0</v>
+        <v>60656</v>
       </c>
       <c r="F133">
-        <v>0.0</v>
+        <v>1.8</v>
       </c>
       <c r="G133">
-        <v>0.0</v>
+        <v>1.78</v>
       </c>
       <c r="H133">
-        <v>0.0</v>
+        <v>108588.0</v>
       </c>
       <c r="I133">
-        <v>0</v>
+        <v>56</v>
       </c>
       <c r="J133">
-        <v>0.0</v>
+        <v>1.8</v>
       </c>
       <c r="K133" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" t="s">
         <v>275</v>
       </c>
       <c r="B134" s="1">
         <v>45938.0</v>
       </c>
       <c r="C134">
-        <v>3.355</v>
+        <v>0.16</v>
       </c>
       <c r="D134">
-        <v>1.9757</v>
+        <v>0.0</v>
       </c>
       <c r="E134">
-        <v>30848</v>
+        <v>0</v>
       </c>
       <c r="F134">
-        <v>3.37</v>
+        <v>0.0</v>
       </c>
       <c r="G134">
-        <v>3.295</v>
+        <v>0.0</v>
       </c>
       <c r="H134">
-        <v>102859.02</v>
+        <v>0.0</v>
       </c>
       <c r="I134">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="J134">
-        <v>3.305</v>
+        <v>0.0</v>
       </c>
       <c r="K134" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" t="s">
         <v>277</v>
       </c>
       <c r="B135" s="1">
         <v>45938.0</v>
       </c>
       <c r="C135">
-        <v>8.85</v>
+        <v>3.355</v>
       </c>
       <c r="D135">
-        <v>0.0</v>
+        <v>1.9757</v>
       </c>
       <c r="E135">
-        <v>0</v>
+        <v>30848</v>
       </c>
       <c r="F135">
-        <v>0.0</v>
+        <v>3.37</v>
       </c>
       <c r="G135">
-        <v>0.0</v>
+        <v>3.295</v>
       </c>
       <c r="H135">
-        <v>0.0</v>
+        <v>102859.02</v>
       </c>
       <c r="I135">
-        <v>0</v>
+        <v>78</v>
       </c>
       <c r="J135">
-        <v>0.0</v>
+        <v>3.305</v>
       </c>
       <c r="K135" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" t="s">
         <v>279</v>
       </c>
       <c r="B136" s="1">
         <v>45938.0</v>
       </c>
       <c r="C136">
-        <v>0.486</v>
+        <v>8.85</v>
       </c>
       <c r="D136">
         <v>0.0</v>
       </c>
       <c r="E136">
-        <v>48232</v>
+        <v>0</v>
       </c>
       <c r="F136">
-        <v>0.502</v>
+        <v>0.0</v>
       </c>
       <c r="G136">
-        <v>0.486</v>
+        <v>0.0</v>
       </c>
       <c r="H136">
-        <v>23822.31</v>
+        <v>0.0</v>
       </c>
       <c r="I136">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="J136">
-        <v>0.495</v>
+        <v>0.0</v>
       </c>
       <c r="K136" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" t="s">
         <v>281</v>
       </c>
       <c r="B137" s="1">
         <v>45938.0</v>
       </c>
       <c r="C137">
-        <v>4.285</v>
+        <v>0.486</v>
       </c>
       <c r="D137">
-        <v>0.7051</v>
+        <v>0.0</v>
       </c>
       <c r="E137">
-        <v>74033</v>
+        <v>48232</v>
       </c>
       <c r="F137">
-        <v>4.31</v>
+        <v>0.502</v>
       </c>
       <c r="G137">
-        <v>4.23</v>
+        <v>0.486</v>
       </c>
       <c r="H137">
-        <v>317197.72</v>
+        <v>23822.31</v>
       </c>
       <c r="I137">
-        <v>270</v>
+        <v>35</v>
       </c>
       <c r="J137">
-        <v>4.255</v>
+        <v>0.495</v>
       </c>
       <c r="K137" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" t="s">
         <v>283</v>
       </c>
       <c r="B138" s="1">
         <v>45938.0</v>
       </c>
       <c r="C138">
-        <v>0.97</v>
+        <v>4.285</v>
       </c>
       <c r="D138">
-        <v>0.0</v>
+        <v>0.7051</v>
       </c>
       <c r="E138">
-        <v>0</v>
+        <v>74033</v>
       </c>
       <c r="F138">
-        <v>0.0</v>
+        <v>4.31</v>
       </c>
       <c r="G138">
-        <v>0.0</v>
+        <v>4.23</v>
       </c>
       <c r="H138">
-        <v>0.0</v>
+        <v>317197.72</v>
       </c>
       <c r="I138">
-        <v>0</v>
+        <v>270</v>
       </c>
       <c r="J138">
-        <v>0.0</v>
+        <v>4.255</v>
       </c>
       <c r="K138" t="s">
         <v>284</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11">
+      <c r="A139" t="s">
+        <v>285</v>
+      </c>
+      <c r="B139" s="1">
+        <v>45938.0</v>
+      </c>
+      <c r="C139">
+        <v>0.97</v>
+      </c>
+      <c r="D139">
+        <v>0.0</v>
+      </c>
+      <c r="E139">
+        <v>0</v>
+      </c>
+      <c r="F139">
+        <v>0.0</v>
+      </c>
+      <c r="G139">
+        <v>0.0</v>
+      </c>
+      <c r="H139">
+        <v>0.0</v>
+      </c>
+      <c r="I139">
+        <v>0</v>
+      </c>
+      <c r="J139">
+        <v>0.0</v>
+      </c>
+      <c r="K139" t="s">
+        <v>286</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>