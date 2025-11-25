--- v0 (2025-11-04)
+++ v1 (2025-11-25)
@@ -149,50 +149,56 @@
   <si>
     <t>OPTIMA</t>
   </si>
   <si>
     <t>GRS533003000</t>
   </si>
   <si>
     <t>QLCO</t>
   </si>
   <si>
     <t>GRS543003008</t>
   </si>
   <si>
     <t>REALCONS</t>
   </si>
   <si>
     <t>GRS522003003</t>
   </si>
   <si>
     <t>TITC</t>
   </si>
   <si>
     <t>BE0974338700</t>
   </si>
   <si>
+    <t>YKNOT</t>
+  </si>
+  <si>
+    <t>GRS295003008</t>
+  </si>
+  <si>
     <t>ΑΑΑΚ</t>
   </si>
   <si>
     <t>GRS059063008</t>
   </si>
   <si>
     <t>ΑΒΑΞ</t>
   </si>
   <si>
     <t>GRS213213002</t>
   </si>
   <si>
     <t>ΑΒΕ</t>
   </si>
   <si>
     <t>GRS489003004</t>
   </si>
   <si>
     <t>ΑΔΜΗΕ</t>
   </si>
   <si>
     <t>GRS518003009</t>
   </si>
   <si>
     <t>ΑΚΡΙΤ</t>
@@ -501,56 +507,50 @@
     <t>GRS384003000</t>
   </si>
   <si>
     <t>ΚΟΥΑΛ</t>
   </si>
   <si>
     <t>GRS396003006</t>
   </si>
   <si>
     <t>ΚΟΥΕΣ</t>
   </si>
   <si>
     <t>GRS310003009</t>
   </si>
   <si>
     <t>ΚΡΙ</t>
   </si>
   <si>
     <t>GRS469003024</t>
   </si>
   <si>
     <t>ΚΤΗΛΑ</t>
   </si>
   <si>
     <t>GRS354003006</t>
-  </si>
-[...4 lines deleted...]
-    <t>GRS295003008</t>
   </si>
   <si>
     <t>ΛΑΒΙ</t>
   </si>
   <si>
     <t>GRS246003008</t>
   </si>
   <si>
     <t>ΛΑΜΔΑ</t>
   </si>
   <si>
     <t>GRS245213004</t>
   </si>
   <si>
     <t>ΛΑΜΨΑ</t>
   </si>
   <si>
     <t>GRS128003001</t>
   </si>
   <si>
     <t>ΛΑΝΑΚ</t>
   </si>
   <si>
     <t>GRS047063003</t>
   </si>
@@ -1872,2137 +1872,2137 @@
       </c>
       <c r="G18">
         <v>39.4</v>
       </c>
       <c r="H18">
         <v>3555956.4</v>
       </c>
       <c r="I18">
         <v>922</v>
       </c>
       <c r="J18">
         <v>39.6</v>
       </c>
       <c r="K18" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="1">
         <v>45959.0</v>
       </c>
       <c r="C19">
-        <v>7.5</v>
+        <v>2.04</v>
       </c>
       <c r="D19">
-        <v>2.0408</v>
+        <v>-3.3175</v>
       </c>
       <c r="E19">
-        <v>1</v>
+        <v>24814</v>
       </c>
       <c r="F19">
-        <v>7.5</v>
+        <v>2.16</v>
       </c>
       <c r="G19">
-        <v>7.5</v>
+        <v>2.04</v>
       </c>
       <c r="H19">
-        <v>7.5</v>
+        <v>51468.66</v>
       </c>
       <c r="I19">
-        <v>1</v>
+        <v>68</v>
       </c>
       <c r="J19">
-        <v>7.5</v>
+        <v>2.11</v>
       </c>
       <c r="K19" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="1">
         <v>45959.0</v>
       </c>
       <c r="C20">
-        <v>2.4</v>
+        <v>7.5</v>
       </c>
       <c r="D20">
-        <v>0.2088</v>
+        <v>2.0408</v>
       </c>
       <c r="E20">
-        <v>137098</v>
+        <v>1</v>
       </c>
       <c r="F20">
-        <v>2.445</v>
+        <v>7.5</v>
       </c>
       <c r="G20">
-        <v>2.395</v>
+        <v>7.5</v>
       </c>
       <c r="H20">
-        <v>331487.24</v>
+        <v>7.5</v>
       </c>
       <c r="I20">
-        <v>312</v>
+        <v>1</v>
       </c>
       <c r="J20">
-        <v>2.42</v>
+        <v>7.5</v>
       </c>
       <c r="K20" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="1">
         <v>45959.0</v>
       </c>
       <c r="C21">
-        <v>0.51</v>
+        <v>2.4</v>
       </c>
       <c r="D21">
-        <v>0.3937</v>
+        <v>0.2088</v>
       </c>
       <c r="E21">
-        <v>33339</v>
+        <v>137098</v>
       </c>
       <c r="F21">
-        <v>0.516</v>
+        <v>2.445</v>
       </c>
       <c r="G21">
-        <v>0.502</v>
+        <v>2.395</v>
       </c>
       <c r="H21">
-        <v>16899.47</v>
+        <v>331487.24</v>
       </c>
       <c r="I21">
-        <v>48</v>
+        <v>312</v>
       </c>
       <c r="J21">
-        <v>0.508</v>
+        <v>2.42</v>
       </c>
       <c r="K21" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="1">
         <v>45959.0</v>
       </c>
       <c r="C22">
-        <v>3.025</v>
+        <v>0.51</v>
       </c>
       <c r="D22">
-        <v>-1.1438</v>
+        <v>0.3937</v>
       </c>
       <c r="E22">
-        <v>245070</v>
+        <v>33339</v>
       </c>
       <c r="F22">
-        <v>3.085</v>
+        <v>0.516</v>
       </c>
       <c r="G22">
-        <v>3.025</v>
+        <v>0.502</v>
       </c>
       <c r="H22">
-        <v>746536.39</v>
+        <v>16899.47</v>
       </c>
       <c r="I22">
-        <v>342</v>
+        <v>48</v>
       </c>
       <c r="J22">
-        <v>3.06</v>
+        <v>0.508</v>
       </c>
       <c r="K22" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="1">
         <v>45959.0</v>
       </c>
       <c r="C23">
-        <v>1.1</v>
+        <v>3.025</v>
       </c>
       <c r="D23">
-        <v>0.0</v>
+        <v>-1.1438</v>
       </c>
       <c r="E23">
-        <v>1290</v>
+        <v>245070</v>
       </c>
       <c r="F23">
-        <v>1.1</v>
+        <v>3.085</v>
       </c>
       <c r="G23">
-        <v>1.1</v>
+        <v>3.025</v>
       </c>
       <c r="H23">
-        <v>1419.0</v>
+        <v>746536.39</v>
       </c>
       <c r="I23">
-        <v>6</v>
+        <v>342</v>
       </c>
       <c r="J23">
-        <v>1.1</v>
+        <v>3.06</v>
       </c>
       <c r="K23" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="1">
         <v>45959.0</v>
       </c>
       <c r="C24">
-        <v>4.96</v>
+        <v>1.1</v>
       </c>
       <c r="D24">
-        <v>0.813</v>
+        <v>0.0</v>
       </c>
       <c r="E24">
-        <v>28460</v>
+        <v>1290</v>
       </c>
       <c r="F24">
-        <v>5.0</v>
+        <v>1.1</v>
       </c>
       <c r="G24">
-        <v>4.93</v>
+        <v>1.1</v>
       </c>
       <c r="H24">
-        <v>141703.47</v>
+        <v>1419.0</v>
       </c>
       <c r="I24">
-        <v>101</v>
+        <v>6</v>
       </c>
       <c r="J24">
-        <v>4.93</v>
+        <v>1.1</v>
       </c>
       <c r="K24" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="1">
         <v>45959.0</v>
       </c>
       <c r="C25">
-        <v>3.485</v>
+        <v>4.96</v>
       </c>
       <c r="D25">
-        <v>-0.086</v>
+        <v>0.813</v>
       </c>
       <c r="E25">
-        <v>7472349</v>
+        <v>28460</v>
       </c>
       <c r="F25">
-        <v>3.532</v>
+        <v>5.0</v>
       </c>
       <c r="G25">
-        <v>3.461</v>
+        <v>4.93</v>
       </c>
       <c r="H25">
-        <v>26132500.85</v>
+        <v>141703.47</v>
       </c>
       <c r="I25">
-        <v>6065</v>
+        <v>101</v>
       </c>
       <c r="J25">
-        <v>3.488</v>
+        <v>4.93</v>
       </c>
       <c r="K25" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="1">
         <v>45959.0</v>
       </c>
       <c r="C26">
-        <v>7.36</v>
+        <v>3.485</v>
       </c>
       <c r="D26">
-        <v>-1.3405</v>
+        <v>-0.086</v>
       </c>
       <c r="E26">
-        <v>2957</v>
+        <v>7472349</v>
       </c>
       <c r="F26">
-        <v>7.54</v>
+        <v>3.532</v>
       </c>
       <c r="G26">
-        <v>7.36</v>
+        <v>3.461</v>
       </c>
       <c r="H26">
-        <v>21985.32</v>
+        <v>26132500.85</v>
       </c>
       <c r="I26">
-        <v>26</v>
+        <v>6065</v>
       </c>
       <c r="J26">
-        <v>7.54</v>
+        <v>3.488</v>
       </c>
       <c r="K26" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="1">
         <v>45959.0</v>
       </c>
       <c r="C27">
-        <v>13.46</v>
+        <v>7.36</v>
       </c>
       <c r="D27">
-        <v>2.9052</v>
+        <v>-1.3405</v>
       </c>
       <c r="E27">
-        <v>122420</v>
+        <v>2957</v>
       </c>
       <c r="F27">
-        <v>13.54</v>
+        <v>7.54</v>
       </c>
       <c r="G27">
-        <v>13.2</v>
+        <v>7.36</v>
       </c>
       <c r="H27">
-        <v>1637880.08</v>
+        <v>21985.32</v>
       </c>
       <c r="I27">
-        <v>679</v>
+        <v>26</v>
       </c>
       <c r="J27">
-        <v>13.2</v>
+        <v>7.54</v>
       </c>
       <c r="K27" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="1">
         <v>45959.0</v>
       </c>
       <c r="C28">
-        <v>3.98</v>
+        <v>13.46</v>
       </c>
       <c r="D28">
-        <v>2.3136</v>
+        <v>2.9052</v>
       </c>
       <c r="E28">
-        <v>10919</v>
+        <v>122420</v>
       </c>
       <c r="F28">
-        <v>3.98</v>
+        <v>13.54</v>
       </c>
       <c r="G28">
-        <v>3.88</v>
+        <v>13.2</v>
       </c>
       <c r="H28">
-        <v>43081.85</v>
+        <v>1637880.08</v>
       </c>
       <c r="I28">
-        <v>58</v>
+        <v>679</v>
       </c>
       <c r="J28">
-        <v>3.88</v>
+        <v>13.2</v>
       </c>
       <c r="K28" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="1">
         <v>45959.0</v>
       </c>
       <c r="C29">
-        <v>7.28</v>
+        <v>3.98</v>
       </c>
       <c r="D29">
-        <v>0.0</v>
+        <v>2.3136</v>
       </c>
       <c r="E29">
-        <v>7436</v>
+        <v>10919</v>
       </c>
       <c r="F29">
-        <v>7.3</v>
+        <v>3.98</v>
       </c>
       <c r="G29">
-        <v>7.22</v>
+        <v>3.88</v>
       </c>
       <c r="H29">
-        <v>54122.68</v>
+        <v>43081.85</v>
       </c>
       <c r="I29">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="J29">
-        <v>7.3</v>
+        <v>3.88</v>
       </c>
       <c r="K29" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="1">
         <v>45959.0</v>
       </c>
       <c r="C30">
-        <v>1.7</v>
+        <v>7.28</v>
       </c>
       <c r="D30">
-        <v>0.5917</v>
+        <v>0.0</v>
       </c>
       <c r="E30">
-        <v>1659</v>
+        <v>7436</v>
       </c>
       <c r="F30">
-        <v>1.73</v>
+        <v>7.3</v>
       </c>
       <c r="G30">
-        <v>1.66</v>
+        <v>7.22</v>
       </c>
       <c r="H30">
-        <v>2819.0</v>
+        <v>54122.68</v>
       </c>
       <c r="I30">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="J30">
-        <v>1.66</v>
+        <v>7.3</v>
       </c>
       <c r="K30" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="1">
         <v>45959.0</v>
       </c>
       <c r="C31">
-        <v>10.65</v>
+        <v>1.7</v>
       </c>
       <c r="D31">
-        <v>0.4717</v>
+        <v>0.5917</v>
       </c>
       <c r="E31">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="F31">
-        <v>10.65</v>
+        <v>1.73</v>
       </c>
       <c r="G31">
-        <v>10.6</v>
+        <v>1.66</v>
       </c>
       <c r="H31">
-        <v>8862.5</v>
+        <v>2819.0</v>
       </c>
       <c r="I31">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="J31">
-        <v>10.6</v>
+        <v>1.66</v>
       </c>
       <c r="K31" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="1">
         <v>45959.0</v>
       </c>
       <c r="C32">
-        <v>1.855</v>
+        <v>10.65</v>
       </c>
       <c r="D32">
-        <v>-0.5362</v>
+        <v>0.4717</v>
       </c>
       <c r="E32">
-        <v>22146</v>
+        <v>836</v>
       </c>
       <c r="F32">
-        <v>1.875</v>
+        <v>10.65</v>
       </c>
       <c r="G32">
-        <v>1.84</v>
+        <v>10.6</v>
       </c>
       <c r="H32">
-        <v>41105.61</v>
+        <v>8862.5</v>
       </c>
       <c r="I32">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="J32">
-        <v>1.875</v>
+        <v>10.6</v>
       </c>
       <c r="K32" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="1">
         <v>45959.0</v>
       </c>
       <c r="C33">
-        <v>8.29</v>
+        <v>1.855</v>
       </c>
       <c r="D33">
-        <v>1.3447</v>
+        <v>-0.5362</v>
       </c>
       <c r="E33">
-        <v>97216</v>
+        <v>22146</v>
       </c>
       <c r="F33">
-        <v>8.31</v>
+        <v>1.875</v>
       </c>
       <c r="G33">
-        <v>8.24</v>
+        <v>1.84</v>
       </c>
       <c r="H33">
-        <v>804644.75</v>
+        <v>41105.61</v>
       </c>
       <c r="I33">
-        <v>369</v>
+        <v>72</v>
       </c>
       <c r="J33">
-        <v>8.25</v>
+        <v>1.875</v>
       </c>
       <c r="K33" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="1">
         <v>45959.0</v>
       </c>
       <c r="C34">
-        <v>1.935</v>
+        <v>8.29</v>
       </c>
       <c r="D34">
-        <v>1.0444</v>
+        <v>1.3447</v>
       </c>
       <c r="E34">
-        <v>38255</v>
+        <v>97216</v>
       </c>
       <c r="F34">
-        <v>1.945</v>
+        <v>8.31</v>
       </c>
       <c r="G34">
-        <v>1.885</v>
+        <v>8.24</v>
       </c>
       <c r="H34">
-        <v>73442.65</v>
+        <v>804644.75</v>
       </c>
       <c r="I34">
-        <v>161</v>
+        <v>369</v>
       </c>
       <c r="J34">
-        <v>1.925</v>
+        <v>8.25</v>
       </c>
       <c r="K34" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="1">
         <v>45959.0</v>
       </c>
       <c r="C35">
-        <v>3.06</v>
+        <v>1.935</v>
       </c>
       <c r="D35">
-        <v>3.3784</v>
+        <v>1.0444</v>
       </c>
       <c r="E35">
-        <v>73196</v>
+        <v>38255</v>
       </c>
       <c r="F35">
-        <v>3.06</v>
+        <v>1.945</v>
       </c>
       <c r="G35">
-        <v>2.99</v>
+        <v>1.885</v>
       </c>
       <c r="H35">
-        <v>221927.36</v>
+        <v>73442.65</v>
       </c>
       <c r="I35">
-        <v>147</v>
+        <v>161</v>
       </c>
       <c r="J35">
-        <v>2.99</v>
+        <v>1.925</v>
       </c>
       <c r="K35" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="1">
         <v>45959.0</v>
       </c>
       <c r="C36">
-        <v>0.206</v>
+        <v>3.06</v>
       </c>
       <c r="D36">
-        <v>0.0</v>
+        <v>3.3784</v>
       </c>
       <c r="E36">
-        <v>0</v>
+        <v>73196</v>
       </c>
       <c r="F36">
-        <v>0.0</v>
+        <v>3.06</v>
       </c>
       <c r="G36">
-        <v>0.0</v>
+        <v>2.99</v>
       </c>
       <c r="H36">
-        <v>0.0</v>
+        <v>221927.36</v>
       </c>
       <c r="I36">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="J36">
-        <v>0.0</v>
+        <v>2.99</v>
       </c>
       <c r="K36" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="1">
         <v>45959.0</v>
       </c>
       <c r="C37">
-        <v>2.16</v>
+        <v>0.206</v>
       </c>
       <c r="D37">
-        <v>0.9346</v>
+        <v>0.0</v>
       </c>
       <c r="E37">
-        <v>2195</v>
+        <v>0</v>
       </c>
       <c r="F37">
-        <v>2.16</v>
+        <v>0.0</v>
       </c>
       <c r="G37">
-        <v>2.1</v>
+        <v>0.0</v>
       </c>
       <c r="H37">
-        <v>4668.3</v>
+        <v>0.0</v>
       </c>
       <c r="I37">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="J37">
-        <v>2.16</v>
+        <v>0.0</v>
       </c>
       <c r="K37" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="1">
         <v>45959.0</v>
       </c>
       <c r="C38">
-        <v>1.99</v>
+        <v>2.16</v>
       </c>
       <c r="D38">
-        <v>2.5773</v>
+        <v>0.9346</v>
       </c>
       <c r="E38">
-        <v>14832</v>
+        <v>2195</v>
       </c>
       <c r="F38">
-        <v>1.995</v>
+        <v>2.16</v>
       </c>
       <c r="G38">
-        <v>1.905</v>
+        <v>2.1</v>
       </c>
       <c r="H38">
-        <v>29142.84</v>
+        <v>4668.3</v>
       </c>
       <c r="I38">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="J38">
-        <v>1.94</v>
+        <v>2.16</v>
       </c>
       <c r="K38" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="1">
         <v>45959.0</v>
       </c>
       <c r="C39">
-        <v>23.4</v>
+        <v>1.99</v>
       </c>
       <c r="D39">
-        <v>1.7391</v>
+        <v>2.5773</v>
       </c>
       <c r="E39">
-        <v>211961</v>
+        <v>14832</v>
       </c>
       <c r="F39">
-        <v>23.4</v>
+        <v>1.995</v>
       </c>
       <c r="G39">
-        <v>23.02</v>
+        <v>1.905</v>
       </c>
       <c r="H39">
-        <v>4925588.42</v>
+        <v>29142.84</v>
       </c>
       <c r="I39">
-        <v>1361</v>
+        <v>58</v>
       </c>
       <c r="J39">
-        <v>23.26</v>
+        <v>1.94</v>
       </c>
       <c r="K39" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="1">
         <v>45959.0</v>
       </c>
       <c r="C40">
-        <v>10.1</v>
+        <v>23.4</v>
       </c>
       <c r="D40">
-        <v>-0.3945</v>
+        <v>1.7391</v>
       </c>
       <c r="E40">
-        <v>607363</v>
+        <v>211961</v>
       </c>
       <c r="F40">
-        <v>10.19</v>
+        <v>23.4</v>
       </c>
       <c r="G40">
-        <v>10.1</v>
+        <v>23.02</v>
       </c>
       <c r="H40">
-        <v>6157369.91</v>
+        <v>4925588.42</v>
       </c>
       <c r="I40">
-        <v>637</v>
+        <v>1361</v>
       </c>
       <c r="J40">
-        <v>10.19</v>
+        <v>23.26</v>
       </c>
       <c r="K40" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="1">
         <v>45959.0</v>
       </c>
       <c r="C41">
-        <v>7.05</v>
+        <v>10.1</v>
       </c>
       <c r="D41">
-        <v>-3.4247</v>
+        <v>-0.3945</v>
       </c>
       <c r="E41">
-        <v>2005</v>
+        <v>607363</v>
       </c>
       <c r="F41">
-        <v>7.4</v>
+        <v>10.19</v>
       </c>
       <c r="G41">
-        <v>7.0</v>
+        <v>10.1</v>
       </c>
       <c r="H41">
-        <v>14361.45</v>
+        <v>6157369.91</v>
       </c>
       <c r="I41">
-        <v>32</v>
+        <v>637</v>
       </c>
       <c r="J41">
-        <v>7.4</v>
+        <v>10.19</v>
       </c>
       <c r="K41" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="1">
         <v>45959.0</v>
       </c>
       <c r="C42">
-        <v>15.08</v>
+        <v>7.05</v>
       </c>
       <c r="D42">
-        <v>1.4122</v>
+        <v>-3.4247</v>
       </c>
       <c r="E42">
-        <v>1450512</v>
+        <v>2005</v>
       </c>
       <c r="F42">
-        <v>15.1</v>
+        <v>7.4</v>
       </c>
       <c r="G42">
-        <v>14.87</v>
+        <v>7.0</v>
       </c>
       <c r="H42">
-        <v>21812276.54</v>
+        <v>14361.45</v>
       </c>
       <c r="I42">
-        <v>2708</v>
+        <v>32</v>
       </c>
       <c r="J42">
-        <v>14.87</v>
+        <v>7.4</v>
       </c>
       <c r="K42" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="1">
         <v>45959.0</v>
       </c>
       <c r="C43">
-        <v>2.2</v>
+        <v>15.08</v>
       </c>
       <c r="D43">
-        <v>-0.9009</v>
+        <v>1.4122</v>
       </c>
       <c r="E43">
-        <v>26290</v>
+        <v>1450512</v>
       </c>
       <c r="F43">
-        <v>2.21</v>
+        <v>15.1</v>
       </c>
       <c r="G43">
-        <v>2.15</v>
+        <v>14.87</v>
       </c>
       <c r="H43">
-        <v>57273.64</v>
+        <v>21812276.54</v>
       </c>
       <c r="I43">
-        <v>79</v>
+        <v>2708</v>
       </c>
       <c r="J43">
-        <v>2.21</v>
+        <v>14.87</v>
       </c>
       <c r="K43" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="1">
         <v>45959.0</v>
       </c>
       <c r="C44">
-        <v>0.25</v>
+        <v>2.2</v>
       </c>
       <c r="D44">
-        <v>0.0</v>
+        <v>-0.9009</v>
       </c>
       <c r="E44">
-        <v>0</v>
+        <v>26290</v>
       </c>
       <c r="F44">
-        <v>0.0</v>
+        <v>2.21</v>
       </c>
       <c r="G44">
-        <v>0.0</v>
+        <v>2.15</v>
       </c>
       <c r="H44">
-        <v>0.0</v>
+        <v>57273.64</v>
       </c>
       <c r="I44">
-        <v>0</v>
+        <v>79</v>
       </c>
       <c r="J44">
-        <v>0.0</v>
+        <v>2.21</v>
       </c>
       <c r="K44" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="1">
         <v>45959.0</v>
       </c>
       <c r="C45">
-        <v>0.339</v>
+        <v>0.25</v>
       </c>
       <c r="D45">
-        <v>2.7273</v>
+        <v>0.0</v>
       </c>
       <c r="E45">
-        <v>6087</v>
+        <v>0</v>
       </c>
       <c r="F45">
-        <v>0.339</v>
+        <v>0.0</v>
       </c>
       <c r="G45">
-        <v>0.325</v>
+        <v>0.0</v>
       </c>
       <c r="H45">
-        <v>2026.7</v>
+        <v>0.0</v>
       </c>
       <c r="I45">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="J45">
-        <v>0.33</v>
+        <v>0.0</v>
       </c>
       <c r="K45" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="1">
         <v>45959.0</v>
       </c>
       <c r="C46">
-        <v>2.73</v>
+        <v>0.339</v>
       </c>
       <c r="D46">
-        <v>1.1111</v>
+        <v>2.7273</v>
       </c>
       <c r="E46">
-        <v>4519</v>
+        <v>6087</v>
       </c>
       <c r="F46">
-        <v>2.74</v>
+        <v>0.339</v>
       </c>
       <c r="G46">
-        <v>2.64</v>
+        <v>0.325</v>
       </c>
       <c r="H46">
-        <v>12116.62</v>
+        <v>2026.7</v>
       </c>
       <c r="I46">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="J46">
-        <v>2.7</v>
+        <v>0.33</v>
       </c>
       <c r="K46" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="1">
         <v>45959.0</v>
       </c>
       <c r="C47">
-        <v>39.32</v>
+        <v>2.73</v>
       </c>
       <c r="D47">
-        <v>-0.5061</v>
+        <v>1.1111</v>
       </c>
       <c r="E47">
-        <v>17817</v>
+        <v>4519</v>
       </c>
       <c r="F47">
-        <v>39.74</v>
+        <v>2.74</v>
       </c>
       <c r="G47">
-        <v>39.3</v>
+        <v>2.64</v>
       </c>
       <c r="H47">
-        <v>703283.26</v>
+        <v>12116.62</v>
       </c>
       <c r="I47">
-        <v>181</v>
+        <v>39</v>
       </c>
       <c r="J47">
-        <v>39.52</v>
+        <v>2.7</v>
       </c>
       <c r="K47" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="1">
         <v>45959.0</v>
       </c>
       <c r="C48">
-        <v>3.17</v>
+        <v>39.32</v>
       </c>
       <c r="D48">
-        <v>-0.1575</v>
+        <v>-0.5061</v>
       </c>
       <c r="E48">
-        <v>75382</v>
+        <v>17817</v>
       </c>
       <c r="F48">
-        <v>3.205</v>
+        <v>39.74</v>
       </c>
       <c r="G48">
-        <v>3.13</v>
+        <v>39.3</v>
       </c>
       <c r="H48">
-        <v>238483.74</v>
+        <v>703283.26</v>
       </c>
       <c r="I48">
-        <v>277</v>
+        <v>181</v>
       </c>
       <c r="J48">
-        <v>3.17</v>
+        <v>39.52</v>
       </c>
       <c r="K48" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="1">
         <v>45959.0</v>
       </c>
       <c r="C49">
-        <v>5.35</v>
+        <v>3.17</v>
       </c>
       <c r="D49">
-        <v>0.0</v>
+        <v>-0.1575</v>
       </c>
       <c r="E49">
-        <v>252</v>
+        <v>75382</v>
       </c>
       <c r="F49">
-        <v>5.35</v>
+        <v>3.205</v>
       </c>
       <c r="G49">
-        <v>5.25</v>
+        <v>3.13</v>
       </c>
       <c r="H49">
-        <v>1328.2</v>
+        <v>238483.74</v>
       </c>
       <c r="I49">
-        <v>6</v>
+        <v>277</v>
       </c>
       <c r="J49">
-        <v>5.3</v>
+        <v>3.17</v>
       </c>
       <c r="K49" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
         <v>107</v>
       </c>
       <c r="B50" s="1">
         <v>45959.0</v>
       </c>
       <c r="C50">
-        <v>2.42</v>
+        <v>5.35</v>
       </c>
       <c r="D50">
-        <v>-2.0243</v>
+        <v>0.0</v>
       </c>
       <c r="E50">
-        <v>6972</v>
+        <v>252</v>
       </c>
       <c r="F50">
-        <v>2.5</v>
+        <v>5.35</v>
       </c>
       <c r="G50">
-        <v>2.42</v>
+        <v>5.25</v>
       </c>
       <c r="H50">
-        <v>17117.86</v>
+        <v>1328.2</v>
       </c>
       <c r="I50">
-        <v>28</v>
+        <v>6</v>
       </c>
       <c r="J50">
-        <v>2.5</v>
+        <v>5.3</v>
       </c>
       <c r="K50" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
         <v>109</v>
       </c>
       <c r="B51" s="1">
         <v>45959.0</v>
       </c>
       <c r="C51">
-        <v>14.9</v>
+        <v>2.42</v>
       </c>
       <c r="D51">
-        <v>-0.3344</v>
+        <v>-2.0243</v>
       </c>
       <c r="E51">
-        <v>3807</v>
+        <v>6972</v>
       </c>
       <c r="F51">
-        <v>15.05</v>
+        <v>2.5</v>
       </c>
       <c r="G51">
-        <v>14.8</v>
+        <v>2.42</v>
       </c>
       <c r="H51">
-        <v>57041.7</v>
+        <v>17117.86</v>
       </c>
       <c r="I51">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="J51">
-        <v>14.8</v>
+        <v>2.5</v>
       </c>
       <c r="K51" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="1">
         <v>45959.0</v>
       </c>
       <c r="C52">
-        <v>1.59</v>
+        <v>14.9</v>
       </c>
       <c r="D52">
-        <v>3.1128</v>
+        <v>-0.3344</v>
       </c>
       <c r="E52">
-        <v>311469</v>
+        <v>3807</v>
       </c>
       <c r="F52">
-        <v>1.598</v>
+        <v>15.05</v>
       </c>
       <c r="G52">
-        <v>1.558</v>
+        <v>14.8</v>
       </c>
       <c r="H52">
-        <v>492736.73</v>
+        <v>57041.7</v>
       </c>
       <c r="I52">
-        <v>491</v>
+        <v>51</v>
       </c>
       <c r="J52">
-        <v>1.56</v>
+        <v>14.8</v>
       </c>
       <c r="K52" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
         <v>113</v>
       </c>
       <c r="B53" s="1">
         <v>45959.0</v>
       </c>
       <c r="C53">
-        <v>8.13</v>
+        <v>1.59</v>
       </c>
       <c r="D53">
-        <v>-0.1229</v>
+        <v>3.1128</v>
       </c>
       <c r="E53">
-        <v>314021</v>
+        <v>311469</v>
       </c>
       <c r="F53">
-        <v>8.29</v>
+        <v>1.598</v>
       </c>
       <c r="G53">
-        <v>8.13</v>
+        <v>1.558</v>
       </c>
       <c r="H53">
-        <v>2578602.57</v>
+        <v>492736.73</v>
       </c>
       <c r="I53">
-        <v>859</v>
+        <v>491</v>
       </c>
       <c r="J53">
-        <v>8.15</v>
+        <v>1.56</v>
       </c>
       <c r="K53" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
         <v>115</v>
       </c>
       <c r="B54" s="1">
         <v>45959.0</v>
       </c>
       <c r="C54">
-        <v>2.48</v>
+        <v>8.13</v>
       </c>
       <c r="D54">
-        <v>-2.7451</v>
+        <v>-0.1229</v>
       </c>
       <c r="E54">
-        <v>10874</v>
+        <v>314021</v>
       </c>
       <c r="F54">
-        <v>2.57</v>
+        <v>8.29</v>
       </c>
       <c r="G54">
-        <v>2.48</v>
+        <v>8.13</v>
       </c>
       <c r="H54">
-        <v>27273.03</v>
+        <v>2578602.57</v>
       </c>
       <c r="I54">
-        <v>144</v>
+        <v>859</v>
       </c>
       <c r="J54">
-        <v>2.57</v>
+        <v>8.15</v>
       </c>
       <c r="K54" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="1">
         <v>45959.0</v>
       </c>
       <c r="C55">
-        <v>2.01</v>
+        <v>2.48</v>
       </c>
       <c r="D55">
-        <v>5.5118</v>
+        <v>-2.7451</v>
       </c>
       <c r="E55">
-        <v>115150</v>
+        <v>10874</v>
       </c>
       <c r="F55">
-        <v>2.03</v>
+        <v>2.57</v>
       </c>
       <c r="G55">
-        <v>1.915</v>
+        <v>2.48</v>
       </c>
       <c r="H55">
-        <v>228778.8</v>
+        <v>27273.03</v>
       </c>
       <c r="I55">
-        <v>258</v>
+        <v>144</v>
       </c>
       <c r="J55">
-        <v>1.915</v>
+        <v>2.57</v>
       </c>
       <c r="K55" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
         <v>119</v>
       </c>
       <c r="B56" s="1">
         <v>45959.0</v>
       </c>
       <c r="C56">
-        <v>3.2</v>
+        <v>2.01</v>
       </c>
       <c r="D56">
-        <v>3.5599</v>
+        <v>5.5118</v>
       </c>
       <c r="E56">
-        <v>444618</v>
+        <v>115150</v>
       </c>
       <c r="F56">
-        <v>3.21</v>
+        <v>2.03</v>
       </c>
       <c r="G56">
-        <v>3.1</v>
+        <v>1.915</v>
       </c>
       <c r="H56">
-        <v>1417235.85</v>
+        <v>228778.8</v>
       </c>
       <c r="I56">
-        <v>998</v>
+        <v>258</v>
       </c>
       <c r="J56">
-        <v>3.105</v>
+        <v>1.915</v>
       </c>
       <c r="K56" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
         <v>121</v>
       </c>
       <c r="B57" s="1">
         <v>45959.0</v>
       </c>
       <c r="C57">
-        <v>0.132</v>
+        <v>3.2</v>
       </c>
       <c r="D57">
-        <v>0.0</v>
+        <v>3.5599</v>
       </c>
       <c r="E57">
-        <v>0</v>
+        <v>444618</v>
       </c>
       <c r="F57">
-        <v>0.0</v>
+        <v>3.21</v>
       </c>
       <c r="G57">
-        <v>0.0</v>
+        <v>3.1</v>
       </c>
       <c r="H57">
-        <v>0.0</v>
+        <v>1417235.85</v>
       </c>
       <c r="I57">
-        <v>0</v>
+        <v>998</v>
       </c>
       <c r="J57">
-        <v>0.0</v>
+        <v>3.105</v>
       </c>
       <c r="K57" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
         <v>123</v>
       </c>
       <c r="B58" s="1">
         <v>45959.0</v>
       </c>
       <c r="C58">
-        <v>12.94</v>
+        <v>0.132</v>
       </c>
       <c r="D58">
-        <v>1.9701</v>
+        <v>0.0</v>
       </c>
       <c r="E58">
-        <v>3892061</v>
+        <v>0</v>
       </c>
       <c r="F58">
-        <v>13.02</v>
+        <v>0.0</v>
       </c>
       <c r="G58">
-        <v>12.75</v>
+        <v>0.0</v>
       </c>
       <c r="H58">
-        <v>50430437.49</v>
+        <v>0.0</v>
       </c>
       <c r="I58">
-        <v>5941</v>
+        <v>0</v>
       </c>
       <c r="J58">
-        <v>12.805</v>
+        <v>0.0</v>
       </c>
       <c r="K58" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
         <v>125</v>
       </c>
       <c r="B59" s="1">
         <v>45959.0</v>
       </c>
       <c r="C59">
-        <v>3.7</v>
+        <v>12.94</v>
       </c>
       <c r="D59">
-        <v>1.3699</v>
+        <v>1.9701</v>
       </c>
       <c r="E59">
-        <v>35220</v>
+        <v>3892061</v>
       </c>
       <c r="F59">
-        <v>3.88</v>
+        <v>13.02</v>
       </c>
       <c r="G59">
-        <v>3.62</v>
+        <v>12.75</v>
       </c>
       <c r="H59">
-        <v>132360.45</v>
+        <v>50430437.49</v>
       </c>
       <c r="I59">
-        <v>164</v>
+        <v>5941</v>
       </c>
       <c r="J59">
-        <v>3.71</v>
+        <v>12.805</v>
       </c>
       <c r="K59" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
         <v>127</v>
       </c>
       <c r="B60" s="1">
         <v>45959.0</v>
       </c>
       <c r="C60">
-        <v>7.08</v>
+        <v>3.7</v>
       </c>
       <c r="D60">
-        <v>0.7112</v>
+        <v>1.3699</v>
       </c>
       <c r="E60">
-        <v>53893</v>
+        <v>35220</v>
       </c>
       <c r="F60">
-        <v>7.27</v>
+        <v>3.88</v>
       </c>
       <c r="G60">
-        <v>7.03</v>
+        <v>3.62</v>
       </c>
       <c r="H60">
-        <v>385600.75</v>
+        <v>132360.45</v>
       </c>
       <c r="I60">
-        <v>267</v>
+        <v>164</v>
       </c>
       <c r="J60">
-        <v>7.06</v>
+        <v>3.71</v>
       </c>
       <c r="K60" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
         <v>129</v>
       </c>
       <c r="B61" s="1">
         <v>45959.0</v>
       </c>
       <c r="C61">
-        <v>3.407</v>
+        <v>7.08</v>
       </c>
       <c r="D61">
-        <v>1.188</v>
+        <v>0.7112</v>
       </c>
       <c r="E61">
-        <v>8116182</v>
+        <v>53893</v>
       </c>
       <c r="F61">
-        <v>3.479</v>
+        <v>7.27</v>
       </c>
       <c r="G61">
-        <v>3.4</v>
+        <v>7.03</v>
       </c>
       <c r="H61">
-        <v>27820717.02</v>
+        <v>385600.75</v>
       </c>
       <c r="I61">
-        <v>4512</v>
+        <v>267</v>
       </c>
       <c r="J61">
-        <v>3.404</v>
+        <v>7.06</v>
       </c>
       <c r="K61" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
         <v>131</v>
       </c>
       <c r="B62" s="1">
         <v>45959.0</v>
       </c>
       <c r="C62">
-        <v>6.29</v>
+        <v>3.407</v>
       </c>
       <c r="D62">
-        <v>0.0</v>
+        <v>1.188</v>
       </c>
       <c r="E62">
-        <v>494259</v>
+        <v>8116182</v>
       </c>
       <c r="F62">
-        <v>6.33</v>
+        <v>3.479</v>
       </c>
       <c r="G62">
-        <v>6.18</v>
+        <v>3.4</v>
       </c>
       <c r="H62">
-        <v>3088712.21</v>
+        <v>27820717.02</v>
       </c>
       <c r="I62">
-        <v>705</v>
+        <v>4512</v>
       </c>
       <c r="J62">
-        <v>6.18</v>
+        <v>3.404</v>
       </c>
       <c r="K62" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
         <v>133</v>
       </c>
       <c r="B63" s="1">
         <v>45959.0</v>
       </c>
       <c r="C63">
-        <v>1.895</v>
+        <v>6.29</v>
       </c>
       <c r="D63">
-        <v>0.7979</v>
+        <v>0.0</v>
       </c>
       <c r="E63">
-        <v>3058</v>
+        <v>494259</v>
       </c>
       <c r="F63">
-        <v>1.915</v>
+        <v>6.33</v>
       </c>
       <c r="G63">
-        <v>1.845</v>
+        <v>6.18</v>
       </c>
       <c r="H63">
-        <v>5807.42</v>
+        <v>3088712.21</v>
       </c>
       <c r="I63">
-        <v>26</v>
+        <v>705</v>
       </c>
       <c r="J63">
-        <v>1.845</v>
+        <v>6.18</v>
       </c>
       <c r="K63" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
         <v>135</v>
       </c>
       <c r="B64" s="1">
         <v>45959.0</v>
       </c>
       <c r="C64">
-        <v>0.405</v>
+        <v>1.895</v>
       </c>
       <c r="D64">
-        <v>-3.5714</v>
+        <v>0.7979</v>
       </c>
       <c r="E64">
-        <v>19142</v>
+        <v>3058</v>
       </c>
       <c r="F64">
-        <v>0.42</v>
+        <v>1.915</v>
       </c>
       <c r="G64">
-        <v>0.4</v>
+        <v>1.845</v>
       </c>
       <c r="H64">
-        <v>7849.97</v>
+        <v>5807.42</v>
       </c>
       <c r="I64">
-        <v>96</v>
+        <v>26</v>
       </c>
       <c r="J64">
-        <v>0.414</v>
+        <v>1.845</v>
       </c>
       <c r="K64" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
         <v>137</v>
       </c>
       <c r="B65" s="1">
         <v>45959.0</v>
       </c>
       <c r="C65">
-        <v>5.66</v>
+        <v>0.405</v>
       </c>
       <c r="D65">
-        <v>0.7117</v>
+        <v>-3.5714</v>
       </c>
       <c r="E65">
-        <v>24563</v>
+        <v>19142</v>
       </c>
       <c r="F65">
-        <v>5.78</v>
+        <v>0.42</v>
       </c>
       <c r="G65">
-        <v>5.6</v>
+        <v>0.4</v>
       </c>
       <c r="H65">
-        <v>139783.42</v>
+        <v>7849.97</v>
       </c>
       <c r="I65">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="J65">
-        <v>5.66</v>
+        <v>0.414</v>
       </c>
       <c r="K65" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
         <v>139</v>
       </c>
       <c r="B66" s="1">
         <v>45959.0</v>
       </c>
       <c r="C66">
-        <v>5.38</v>
+        <v>5.66</v>
       </c>
       <c r="D66">
-        <v>0.3731</v>
+        <v>0.7117</v>
       </c>
       <c r="E66">
-        <v>12092</v>
+        <v>24563</v>
       </c>
       <c r="F66">
-        <v>5.48</v>
+        <v>5.78</v>
       </c>
       <c r="G66">
-        <v>5.38</v>
+        <v>5.6</v>
       </c>
       <c r="H66">
-        <v>65442.06</v>
+        <v>139783.42</v>
       </c>
       <c r="I66">
-        <v>51</v>
+        <v>84</v>
       </c>
       <c r="J66">
-        <v>5.38</v>
+        <v>5.66</v>
       </c>
       <c r="K66" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
         <v>141</v>
       </c>
       <c r="B67" s="1">
         <v>45959.0</v>
       </c>
       <c r="C67">
-        <v>1.134</v>
+        <v>5.38</v>
       </c>
       <c r="D67">
-        <v>2.1622</v>
+        <v>0.3731</v>
       </c>
       <c r="E67">
-        <v>4139289</v>
+        <v>12092</v>
       </c>
       <c r="F67">
-        <v>1.142</v>
+        <v>5.48</v>
       </c>
       <c r="G67">
-        <v>1.11</v>
+        <v>5.38</v>
       </c>
       <c r="H67">
-        <v>4687409.61</v>
+        <v>65442.06</v>
       </c>
       <c r="I67">
-        <v>1506</v>
+        <v>51</v>
       </c>
       <c r="J67">
-        <v>1.11</v>
+        <v>5.38</v>
       </c>
       <c r="K67" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
         <v>143</v>
       </c>
       <c r="B68" s="1">
         <v>45959.0</v>
       </c>
       <c r="C68">
-        <v>5.95</v>
+        <v>1.134</v>
       </c>
       <c r="D68">
-        <v>0.3373</v>
+        <v>2.1622</v>
       </c>
       <c r="E68">
-        <v>40978</v>
+        <v>4139289</v>
       </c>
       <c r="F68">
-        <v>5.97</v>
+        <v>1.142</v>
       </c>
       <c r="G68">
-        <v>5.91</v>
+        <v>1.11</v>
       </c>
       <c r="H68">
-        <v>243338.46</v>
+        <v>4687409.61</v>
       </c>
       <c r="I68">
-        <v>143</v>
+        <v>1506</v>
       </c>
       <c r="J68">
-        <v>5.93</v>
+        <v>1.11</v>
       </c>
       <c r="K68" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
         <v>145</v>
       </c>
       <c r="B69" s="1">
         <v>45959.0</v>
       </c>
       <c r="C69">
-        <v>1.37</v>
+        <v>5.95</v>
       </c>
       <c r="D69">
-        <v>1.4815</v>
+        <v>0.3373</v>
       </c>
       <c r="E69">
-        <v>802</v>
+        <v>40978</v>
       </c>
       <c r="F69">
-        <v>1.37</v>
+        <v>5.97</v>
       </c>
       <c r="G69">
-        <v>1.37</v>
+        <v>5.91</v>
       </c>
       <c r="H69">
-        <v>1098.74</v>
+        <v>243338.46</v>
       </c>
       <c r="I69">
-        <v>4</v>
+        <v>143</v>
       </c>
       <c r="J69">
-        <v>1.37</v>
+        <v>5.93</v>
       </c>
       <c r="K69" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
         <v>147</v>
       </c>
       <c r="B70" s="1">
         <v>45959.0</v>
       </c>
       <c r="C70">
-        <v>3.425</v>
+        <v>1.37</v>
       </c>
       <c r="D70">
-        <v>3.1627</v>
+        <v>1.4815</v>
       </c>
       <c r="E70">
-        <v>86128</v>
+        <v>802</v>
       </c>
       <c r="F70">
-        <v>3.43</v>
+        <v>1.37</v>
       </c>
       <c r="G70">
-        <v>3.37</v>
+        <v>1.37</v>
       </c>
       <c r="H70">
-        <v>293565.69</v>
+        <v>1098.74</v>
       </c>
       <c r="I70">
-        <v>293</v>
+        <v>4</v>
       </c>
       <c r="J70">
-        <v>3.37</v>
+        <v>1.37</v>
       </c>
       <c r="K70" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
         <v>149</v>
       </c>
       <c r="B71" s="1">
         <v>45959.0</v>
       </c>
       <c r="C71">
-        <v>344.0</v>
+        <v>3.425</v>
       </c>
       <c r="D71">
-        <v>-0.578</v>
+        <v>3.1627</v>
       </c>
       <c r="E71">
-        <v>221</v>
+        <v>86128</v>
       </c>
       <c r="F71">
-        <v>348.0</v>
+        <v>3.43</v>
       </c>
       <c r="G71">
-        <v>344.0</v>
+        <v>3.37</v>
       </c>
       <c r="H71">
-        <v>76552.0</v>
+        <v>293565.69</v>
       </c>
       <c r="I71">
-        <v>32</v>
+        <v>293</v>
       </c>
       <c r="J71">
-        <v>348.0</v>
+        <v>3.37</v>
       </c>
       <c r="K71" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
         <v>151</v>
       </c>
       <c r="B72" s="1">
         <v>45959.0</v>
       </c>
       <c r="C72">
-        <v>2.03</v>
+        <v>344.0</v>
       </c>
       <c r="D72">
-        <v>2.0101</v>
+        <v>-0.578</v>
       </c>
       <c r="E72">
-        <v>8848</v>
+        <v>221</v>
       </c>
       <c r="F72">
-        <v>2.07</v>
+        <v>348.0</v>
       </c>
       <c r="G72">
-        <v>2.0</v>
+        <v>344.0</v>
       </c>
       <c r="H72">
-        <v>18028.63</v>
+        <v>76552.0</v>
       </c>
       <c r="I72">
-        <v>51</v>
+        <v>32</v>
       </c>
       <c r="J72">
-        <v>2.04</v>
+        <v>348.0</v>
       </c>
       <c r="K72" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
         <v>153</v>
       </c>
       <c r="B73" s="1">
         <v>45959.0</v>
       </c>
       <c r="C73">
-        <v>0.469</v>
+        <v>2.03</v>
       </c>
       <c r="D73">
-        <v>2.8509</v>
+        <v>2.0101</v>
       </c>
       <c r="E73">
-        <v>8138</v>
+        <v>8848</v>
       </c>
       <c r="F73">
-        <v>0.48</v>
+        <v>2.07</v>
       </c>
       <c r="G73">
-        <v>0.456</v>
+        <v>2.0</v>
       </c>
       <c r="H73">
-        <v>3765.4</v>
+        <v>18028.63</v>
       </c>
       <c r="I73">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="J73">
-        <v>0.48</v>
+        <v>2.04</v>
       </c>
       <c r="K73" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
         <v>155</v>
       </c>
       <c r="B74" s="1">
         <v>45959.0</v>
       </c>
       <c r="C74">
-        <v>1.404</v>
+        <v>0.469</v>
       </c>
       <c r="D74">
-        <v>0.2857</v>
+        <v>2.8509</v>
       </c>
       <c r="E74">
-        <v>84997</v>
+        <v>8138</v>
       </c>
       <c r="F74">
-        <v>1.42</v>
+        <v>0.48</v>
       </c>
       <c r="G74">
-        <v>1.392</v>
+        <v>0.456</v>
       </c>
       <c r="H74">
-        <v>119529.89</v>
+        <v>3765.4</v>
       </c>
       <c r="I74">
-        <v>114</v>
+        <v>26</v>
       </c>
       <c r="J74">
-        <v>1.412</v>
+        <v>0.48</v>
       </c>
       <c r="K74" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
         <v>157</v>
       </c>
       <c r="B75" s="1">
         <v>45959.0</v>
       </c>
       <c r="C75">
-        <v>7.37</v>
+        <v>1.404</v>
       </c>
       <c r="D75">
-        <v>0.5457</v>
+        <v>0.2857</v>
       </c>
       <c r="E75">
-        <v>43194</v>
+        <v>84997</v>
       </c>
       <c r="F75">
-        <v>7.39</v>
+        <v>1.42</v>
       </c>
       <c r="G75">
-        <v>7.22</v>
+        <v>1.392</v>
       </c>
       <c r="H75">
-        <v>314690.92</v>
+        <v>119529.89</v>
       </c>
       <c r="I75">
-        <v>164</v>
+        <v>114</v>
       </c>
       <c r="J75">
-        <v>7.33</v>
+        <v>1.412</v>
       </c>
       <c r="K75" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
         <v>159</v>
       </c>
       <c r="B76" s="1">
         <v>45959.0</v>
       </c>
       <c r="C76">
-        <v>19.64</v>
+        <v>7.37</v>
       </c>
       <c r="D76">
-        <v>3.043</v>
+        <v>0.5457</v>
       </c>
       <c r="E76">
-        <v>59468</v>
+        <v>43194</v>
       </c>
       <c r="F76">
-        <v>19.74</v>
+        <v>7.39</v>
       </c>
       <c r="G76">
-        <v>19.06</v>
+        <v>7.22</v>
       </c>
       <c r="H76">
-        <v>1145605.5</v>
+        <v>314690.92</v>
       </c>
       <c r="I76">
-        <v>364</v>
+        <v>164</v>
       </c>
       <c r="J76">
-        <v>19.06</v>
+        <v>7.33</v>
       </c>
       <c r="K76" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
         <v>161</v>
       </c>
       <c r="B77" s="1">
         <v>45959.0</v>
       </c>
       <c r="C77">
-        <v>2.18</v>
+        <v>19.64</v>
       </c>
       <c r="D77">
-        <v>0.0</v>
+        <v>3.043</v>
       </c>
       <c r="E77">
-        <v>0</v>
+        <v>59468</v>
       </c>
       <c r="F77">
-        <v>0.0</v>
+        <v>19.74</v>
       </c>
       <c r="G77">
-        <v>0.0</v>
+        <v>19.06</v>
       </c>
       <c r="H77">
-        <v>0.0</v>
+        <v>1145605.5</v>
       </c>
       <c r="I77">
-        <v>0</v>
+        <v>364</v>
       </c>
       <c r="J77">
-        <v>0.0</v>
+        <v>19.06</v>
       </c>
       <c r="K77" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
         <v>163</v>
       </c>
       <c r="B78" s="1">
         <v>45959.0</v>
       </c>
       <c r="C78">
-        <v>2.04</v>
+        <v>2.18</v>
       </c>
       <c r="D78">
-        <v>-3.3175</v>
+        <v>0.0</v>
       </c>
       <c r="E78">
-        <v>24814</v>
+        <v>0</v>
       </c>
       <c r="F78">
-        <v>2.16</v>
+        <v>0.0</v>
       </c>
       <c r="G78">
-        <v>2.04</v>
+        <v>0.0</v>
       </c>
       <c r="H78">
-        <v>51468.66</v>
+        <v>0.0</v>
       </c>
       <c r="I78">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="J78">
-        <v>2.11</v>
+        <v>0.0</v>
       </c>
       <c r="K78" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
         <v>165</v>
       </c>
       <c r="B79" s="1">
         <v>45959.0</v>
       </c>
       <c r="C79">
         <v>0.815</v>
       </c>
       <c r="D79">
         <v>0.6173</v>
       </c>
       <c r="E79">
         <v>64903</v>
       </c>
       <c r="F79">
         <v>0.822</v>
       </c>
       <c r="G79">