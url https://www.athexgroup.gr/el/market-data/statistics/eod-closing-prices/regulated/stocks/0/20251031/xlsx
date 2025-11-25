--- v0 (2025-11-04)
+++ v1 (2025-11-25)
@@ -149,50 +149,56 @@
   <si>
     <t>OPTIMA</t>
   </si>
   <si>
     <t>GRS533003000</t>
   </si>
   <si>
     <t>QLCO</t>
   </si>
   <si>
     <t>GRS543003008</t>
   </si>
   <si>
     <t>REALCONS</t>
   </si>
   <si>
     <t>GRS522003003</t>
   </si>
   <si>
     <t>TITC</t>
   </si>
   <si>
     <t>BE0974338700</t>
   </si>
   <si>
+    <t>YKNOT</t>
+  </si>
+  <si>
+    <t>GRS295003008</t>
+  </si>
+  <si>
     <t>ΑΑΑΚ</t>
   </si>
   <si>
     <t>GRS059063008</t>
   </si>
   <si>
     <t>ΑΒΑΞ</t>
   </si>
   <si>
     <t>GRS213213002</t>
   </si>
   <si>
     <t>ΑΒΕ</t>
   </si>
   <si>
     <t>GRS489003004</t>
   </si>
   <si>
     <t>ΑΔΜΗΕ</t>
   </si>
   <si>
     <t>GRS518003009</t>
   </si>
   <si>
     <t>ΑΚΡΙΤ</t>
@@ -501,56 +507,50 @@
     <t>GRS384003000</t>
   </si>
   <si>
     <t>ΚΟΥΑΛ</t>
   </si>
   <si>
     <t>GRS396003006</t>
   </si>
   <si>
     <t>ΚΟΥΕΣ</t>
   </si>
   <si>
     <t>GRS310003009</t>
   </si>
   <si>
     <t>ΚΡΙ</t>
   </si>
   <si>
     <t>GRS469003024</t>
   </si>
   <si>
     <t>ΚΤΗΛΑ</t>
   </si>
   <si>
     <t>GRS354003006</t>
-  </si>
-[...4 lines deleted...]
-    <t>GRS295003008</t>
   </si>
   <si>
     <t>ΛΑΒΙ</t>
   </si>
   <si>
     <t>GRS246003008</t>
   </si>
   <si>
     <t>ΛΑΜΔΑ</t>
   </si>
   <si>
     <t>GRS245213004</t>
   </si>
   <si>
     <t>ΛΑΜΨΑ</t>
   </si>
   <si>
     <t>GRS128003001</t>
   </si>
   <si>
     <t>ΛΑΝΑΚ</t>
   </si>
   <si>
     <t>GRS047063003</t>
   </si>
@@ -1872,2137 +1872,2137 @@
       </c>
       <c r="G18">
         <v>38.55</v>
       </c>
       <c r="H18">
         <v>3399889.95</v>
       </c>
       <c r="I18">
         <v>656</v>
       </c>
       <c r="J18">
         <v>39.25</v>
       </c>
       <c r="K18" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="1">
         <v>45961.0</v>
       </c>
       <c r="C19">
-        <v>7.5</v>
+        <v>2.0</v>
       </c>
       <c r="D19">
         <v>0.0</v>
       </c>
       <c r="E19">
-        <v>0</v>
+        <v>19057</v>
       </c>
       <c r="F19">
-        <v>0.0</v>
+        <v>2.03</v>
       </c>
       <c r="G19">
-        <v>0.0</v>
+        <v>1.98</v>
       </c>
       <c r="H19">
-        <v>0.0</v>
+        <v>38253.38</v>
       </c>
       <c r="I19">
-        <v>0</v>
+        <v>61</v>
       </c>
       <c r="J19">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="K19" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="1">
         <v>45961.0</v>
       </c>
       <c r="C20">
-        <v>2.4</v>
+        <v>7.5</v>
       </c>
       <c r="D20">
-        <v>-0.4149</v>
+        <v>0.0</v>
       </c>
       <c r="E20">
-        <v>171049</v>
+        <v>0</v>
       </c>
       <c r="F20">
-        <v>2.43</v>
+        <v>0.0</v>
       </c>
       <c r="G20">
-        <v>2.375</v>
+        <v>0.0</v>
       </c>
       <c r="H20">
-        <v>410963.89</v>
+        <v>0.0</v>
       </c>
       <c r="I20">
-        <v>332</v>
+        <v>0</v>
       </c>
       <c r="J20">
-        <v>2.4</v>
+        <v>0.0</v>
       </c>
       <c r="K20" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="1">
         <v>45961.0</v>
       </c>
       <c r="C21">
-        <v>0.508</v>
+        <v>2.4</v>
       </c>
       <c r="D21">
-        <v>0.0</v>
+        <v>-0.4149</v>
       </c>
       <c r="E21">
-        <v>25899</v>
+        <v>171049</v>
       </c>
       <c r="F21">
-        <v>0.51</v>
+        <v>2.43</v>
       </c>
       <c r="G21">
-        <v>0.498</v>
+        <v>2.375</v>
       </c>
       <c r="H21">
-        <v>12942.14</v>
+        <v>410963.89</v>
       </c>
       <c r="I21">
-        <v>26</v>
+        <v>332</v>
       </c>
       <c r="J21">
-        <v>0.51</v>
+        <v>2.4</v>
       </c>
       <c r="K21" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="1">
         <v>45961.0</v>
       </c>
       <c r="C22">
-        <v>2.985</v>
+        <v>0.508</v>
       </c>
       <c r="D22">
-        <v>-0.5</v>
+        <v>0.0</v>
       </c>
       <c r="E22">
-        <v>226536</v>
+        <v>25899</v>
       </c>
       <c r="F22">
-        <v>3.025</v>
+        <v>0.51</v>
       </c>
       <c r="G22">
-        <v>2.965</v>
+        <v>0.498</v>
       </c>
       <c r="H22">
-        <v>677360.67</v>
+        <v>12942.14</v>
       </c>
       <c r="I22">
-        <v>435</v>
+        <v>26</v>
       </c>
       <c r="J22">
-        <v>3.0</v>
+        <v>0.51</v>
       </c>
       <c r="K22" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="1">
         <v>45961.0</v>
       </c>
       <c r="C23">
-        <v>1.12</v>
+        <v>2.985</v>
       </c>
       <c r="D23">
-        <v>1.8182</v>
+        <v>-0.5</v>
       </c>
       <c r="E23">
-        <v>1760</v>
+        <v>226536</v>
       </c>
       <c r="F23">
-        <v>1.15</v>
+        <v>3.025</v>
       </c>
       <c r="G23">
-        <v>1.1</v>
+        <v>2.965</v>
       </c>
       <c r="H23">
-        <v>1963.5</v>
+        <v>677360.67</v>
       </c>
       <c r="I23">
-        <v>14</v>
+        <v>435</v>
       </c>
       <c r="J23">
-        <v>1.1</v>
+        <v>3.0</v>
       </c>
       <c r="K23" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="1">
         <v>45961.0</v>
       </c>
       <c r="C24">
-        <v>4.92</v>
+        <v>1.12</v>
       </c>
       <c r="D24">
-        <v>1.4433</v>
+        <v>1.8182</v>
       </c>
       <c r="E24">
-        <v>18988</v>
+        <v>1760</v>
       </c>
       <c r="F24">
-        <v>4.95</v>
+        <v>1.15</v>
       </c>
       <c r="G24">
-        <v>4.81</v>
+        <v>1.1</v>
       </c>
       <c r="H24">
-        <v>92607.99</v>
+        <v>1963.5</v>
       </c>
       <c r="I24">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="J24">
-        <v>4.85</v>
+        <v>1.1</v>
       </c>
       <c r="K24" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="1">
         <v>45961.0</v>
       </c>
       <c r="C25">
-        <v>3.4</v>
+        <v>4.92</v>
       </c>
       <c r="D25">
-        <v>-2.1583</v>
+        <v>1.4433</v>
       </c>
       <c r="E25">
-        <v>8304944</v>
+        <v>18988</v>
       </c>
       <c r="F25">
-        <v>3.479</v>
+        <v>4.95</v>
       </c>
       <c r="G25">
-        <v>3.388</v>
+        <v>4.81</v>
       </c>
       <c r="H25">
-        <v>28361897.89</v>
+        <v>92607.99</v>
       </c>
       <c r="I25">
-        <v>5454</v>
+        <v>63</v>
       </c>
       <c r="J25">
-        <v>3.475</v>
+        <v>4.85</v>
       </c>
       <c r="K25" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="1">
         <v>45961.0</v>
       </c>
       <c r="C26">
-        <v>7.42</v>
+        <v>3.4</v>
       </c>
       <c r="D26">
-        <v>1.0899</v>
+        <v>-2.1583</v>
       </c>
       <c r="E26">
-        <v>2426</v>
+        <v>8304944</v>
       </c>
       <c r="F26">
-        <v>7.44</v>
+        <v>3.479</v>
       </c>
       <c r="G26">
-        <v>7.36</v>
+        <v>3.388</v>
       </c>
       <c r="H26">
-        <v>17988.36</v>
+        <v>28361897.89</v>
       </c>
       <c r="I26">
-        <v>27</v>
+        <v>5454</v>
       </c>
       <c r="J26">
-        <v>7.42</v>
+        <v>3.475</v>
       </c>
       <c r="K26" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="1">
         <v>45961.0</v>
       </c>
       <c r="C27">
-        <v>13.18</v>
+        <v>7.42</v>
       </c>
       <c r="D27">
-        <v>-0.4532</v>
+        <v>1.0899</v>
       </c>
       <c r="E27">
-        <v>73536</v>
+        <v>2426</v>
       </c>
       <c r="F27">
-        <v>13.28</v>
+        <v>7.44</v>
       </c>
       <c r="G27">
-        <v>13.06</v>
+        <v>7.36</v>
       </c>
       <c r="H27">
-        <v>966700.24</v>
+        <v>17988.36</v>
       </c>
       <c r="I27">
-        <v>506</v>
+        <v>27</v>
       </c>
       <c r="J27">
-        <v>13.24</v>
+        <v>7.42</v>
       </c>
       <c r="K27" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="1">
         <v>45961.0</v>
       </c>
       <c r="C28">
-        <v>3.85</v>
+        <v>13.18</v>
       </c>
       <c r="D28">
-        <v>-2.0356</v>
+        <v>-0.4532</v>
       </c>
       <c r="E28">
-        <v>8350</v>
+        <v>73536</v>
       </c>
       <c r="F28">
-        <v>3.94</v>
+        <v>13.28</v>
       </c>
       <c r="G28">
-        <v>3.85</v>
+        <v>13.06</v>
       </c>
       <c r="H28">
-        <v>32606.34</v>
+        <v>966700.24</v>
       </c>
       <c r="I28">
-        <v>42</v>
+        <v>506</v>
       </c>
       <c r="J28">
-        <v>3.93</v>
+        <v>13.24</v>
       </c>
       <c r="K28" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="1">
         <v>45961.0</v>
       </c>
       <c r="C29">
-        <v>7.36</v>
+        <v>3.85</v>
       </c>
       <c r="D29">
-        <v>0.5464</v>
+        <v>-2.0356</v>
       </c>
       <c r="E29">
-        <v>2365</v>
+        <v>8350</v>
       </c>
       <c r="F29">
-        <v>7.36</v>
+        <v>3.94</v>
       </c>
       <c r="G29">
-        <v>7.3</v>
+        <v>3.85</v>
       </c>
       <c r="H29">
-        <v>17358.1</v>
+        <v>32606.34</v>
       </c>
       <c r="I29">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="J29">
-        <v>7.36</v>
+        <v>3.93</v>
       </c>
       <c r="K29" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="1">
         <v>45961.0</v>
       </c>
       <c r="C30">
-        <v>1.59</v>
+        <v>7.36</v>
       </c>
       <c r="D30">
-        <v>-4.7904</v>
+        <v>0.5464</v>
       </c>
       <c r="E30">
-        <v>4166</v>
+        <v>2365</v>
       </c>
       <c r="F30">
-        <v>1.68</v>
+        <v>7.36</v>
       </c>
       <c r="G30">
-        <v>1.59</v>
+        <v>7.3</v>
       </c>
       <c r="H30">
-        <v>6704.37</v>
+        <v>17358.1</v>
       </c>
       <c r="I30">
         <v>33</v>
       </c>
       <c r="J30">
-        <v>1.65</v>
+        <v>7.36</v>
       </c>
       <c r="K30" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="1">
         <v>45961.0</v>
       </c>
       <c r="C31">
-        <v>10.65</v>
+        <v>1.59</v>
       </c>
       <c r="D31">
-        <v>0.0</v>
+        <v>-4.7904</v>
       </c>
       <c r="E31">
-        <v>422</v>
+        <v>4166</v>
       </c>
       <c r="F31">
-        <v>10.85</v>
+        <v>1.68</v>
       </c>
       <c r="G31">
-        <v>10.65</v>
+        <v>1.59</v>
       </c>
       <c r="H31">
-        <v>4498.7</v>
+        <v>6704.37</v>
       </c>
       <c r="I31">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="J31">
-        <v>10.65</v>
+        <v>1.65</v>
       </c>
       <c r="K31" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="1">
         <v>45961.0</v>
       </c>
       <c r="C32">
-        <v>1.83</v>
+        <v>10.65</v>
       </c>
       <c r="D32">
-        <v>-0.2725</v>
+        <v>0.0</v>
       </c>
       <c r="E32">
-        <v>19554</v>
+        <v>422</v>
       </c>
       <c r="F32">
-        <v>1.86</v>
+        <v>10.85</v>
       </c>
       <c r="G32">
-        <v>1.82</v>
+        <v>10.65</v>
       </c>
       <c r="H32">
-        <v>35749.65</v>
+        <v>4498.7</v>
       </c>
       <c r="I32">
-        <v>69</v>
+        <v>5</v>
       </c>
       <c r="J32">
-        <v>1.86</v>
+        <v>10.65</v>
       </c>
       <c r="K32" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="1">
         <v>45961.0</v>
       </c>
       <c r="C33">
-        <v>8.49</v>
+        <v>1.83</v>
       </c>
       <c r="D33">
-        <v>1.0714</v>
+        <v>-0.2725</v>
       </c>
       <c r="E33">
-        <v>156634</v>
+        <v>19554</v>
       </c>
       <c r="F33">
-        <v>8.49</v>
+        <v>1.86</v>
       </c>
       <c r="G33">
-        <v>8.22</v>
+        <v>1.82</v>
       </c>
       <c r="H33">
-        <v>1305814.66</v>
+        <v>35749.65</v>
       </c>
       <c r="I33">
-        <v>595</v>
+        <v>69</v>
       </c>
       <c r="J33">
-        <v>8.32</v>
+        <v>1.86</v>
       </c>
       <c r="K33" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="1">
         <v>45961.0</v>
       </c>
       <c r="C34">
-        <v>1.91</v>
+        <v>8.49</v>
       </c>
       <c r="D34">
-        <v>-0.2611</v>
+        <v>1.0714</v>
       </c>
       <c r="E34">
-        <v>31691</v>
+        <v>156634</v>
       </c>
       <c r="F34">
-        <v>1.915</v>
+        <v>8.49</v>
       </c>
       <c r="G34">
-        <v>1.88</v>
+        <v>8.22</v>
       </c>
       <c r="H34">
-        <v>60242.4</v>
+        <v>1305814.66</v>
       </c>
       <c r="I34">
-        <v>102</v>
+        <v>595</v>
       </c>
       <c r="J34">
-        <v>1.91</v>
+        <v>8.32</v>
       </c>
       <c r="K34" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="1">
         <v>45961.0</v>
       </c>
       <c r="C35">
-        <v>3.18</v>
+        <v>1.91</v>
       </c>
       <c r="D35">
-        <v>0.6329</v>
+        <v>-0.2611</v>
       </c>
       <c r="E35">
-        <v>77219</v>
+        <v>31691</v>
       </c>
       <c r="F35">
-        <v>3.25</v>
+        <v>1.915</v>
       </c>
       <c r="G35">
-        <v>3.12</v>
+        <v>1.88</v>
       </c>
       <c r="H35">
-        <v>247159.95</v>
+        <v>60242.4</v>
       </c>
       <c r="I35">
-        <v>204</v>
+        <v>102</v>
       </c>
       <c r="J35">
-        <v>3.2</v>
+        <v>1.91</v>
       </c>
       <c r="K35" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="1">
         <v>45961.0</v>
       </c>
       <c r="C36">
-        <v>0.206</v>
+        <v>3.18</v>
       </c>
       <c r="D36">
-        <v>0.0</v>
+        <v>0.6329</v>
       </c>
       <c r="E36">
-        <v>0</v>
+        <v>77219</v>
       </c>
       <c r="F36">
-        <v>0.0</v>
+        <v>3.25</v>
       </c>
       <c r="G36">
-        <v>0.0</v>
+        <v>3.12</v>
       </c>
       <c r="H36">
-        <v>0.0</v>
+        <v>247159.95</v>
       </c>
       <c r="I36">
-        <v>0</v>
+        <v>204</v>
       </c>
       <c r="J36">
-        <v>0.0</v>
+        <v>3.2</v>
       </c>
       <c r="K36" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="1">
         <v>45961.0</v>
       </c>
       <c r="C37">
-        <v>2.16</v>
+        <v>0.206</v>
       </c>
       <c r="D37">
         <v>0.0</v>
       </c>
       <c r="E37">
-        <v>1967</v>
+        <v>0</v>
       </c>
       <c r="F37">
-        <v>2.18</v>
+        <v>0.0</v>
       </c>
       <c r="G37">
-        <v>2.1</v>
+        <v>0.0</v>
       </c>
       <c r="H37">
-        <v>4235.36</v>
+        <v>0.0</v>
       </c>
       <c r="I37">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="J37">
-        <v>2.14</v>
+        <v>0.0</v>
       </c>
       <c r="K37" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="1">
         <v>45961.0</v>
       </c>
       <c r="C38">
+        <v>2.16</v>
+      </c>
+      <c r="D38">
+        <v>0.0</v>
+      </c>
+      <c r="E38">
+        <v>1967</v>
+      </c>
+      <c r="F38">
+        <v>2.18</v>
+      </c>
+      <c r="G38">
         <v>2.1</v>
       </c>
-      <c r="D38">
-[...5 lines deleted...]
-      <c r="F38">
+      <c r="H38">
+        <v>4235.36</v>
+      </c>
+      <c r="I38">
+        <v>21</v>
+      </c>
+      <c r="J38">
         <v>2.14</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.11</v>
       </c>
       <c r="K38" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="1">
         <v>45961.0</v>
       </c>
       <c r="C39">
-        <v>23.18</v>
+        <v>2.1</v>
       </c>
       <c r="D39">
-        <v>0.4333</v>
+        <v>-0.4739</v>
       </c>
       <c r="E39">
-        <v>185366</v>
+        <v>69565</v>
       </c>
       <c r="F39">
-        <v>23.26</v>
+        <v>2.14</v>
       </c>
       <c r="G39">
-        <v>22.78</v>
+        <v>2.08</v>
       </c>
       <c r="H39">
-        <v>4266535.94</v>
+        <v>147398.29</v>
       </c>
       <c r="I39">
-        <v>1110</v>
+        <v>172</v>
       </c>
       <c r="J39">
-        <v>23.26</v>
+        <v>2.11</v>
       </c>
       <c r="K39" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="1">
         <v>45961.0</v>
       </c>
       <c r="C40">
-        <v>10.02</v>
+        <v>23.18</v>
       </c>
       <c r="D40">
-        <v>-0.4965</v>
+        <v>0.4333</v>
       </c>
       <c r="E40">
-        <v>183257</v>
+        <v>185366</v>
       </c>
       <c r="F40">
-        <v>10.15</v>
+        <v>23.26</v>
       </c>
       <c r="G40">
-        <v>10.02</v>
+        <v>22.78</v>
       </c>
       <c r="H40">
-        <v>1842249.01</v>
+        <v>4266535.94</v>
       </c>
       <c r="I40">
-        <v>485</v>
+        <v>1110</v>
       </c>
       <c r="J40">
-        <v>10.07</v>
+        <v>23.26</v>
       </c>
       <c r="K40" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="1">
         <v>45961.0</v>
       </c>
       <c r="C41">
-        <v>7.1</v>
+        <v>10.02</v>
       </c>
       <c r="D41">
-        <v>-0.6993</v>
+        <v>-0.4965</v>
       </c>
       <c r="E41">
-        <v>1508</v>
+        <v>183257</v>
       </c>
       <c r="F41">
-        <v>7.3</v>
+        <v>10.15</v>
       </c>
       <c r="G41">
-        <v>7.0</v>
+        <v>10.02</v>
       </c>
       <c r="H41">
-        <v>10773.7</v>
+        <v>1842249.01</v>
       </c>
       <c r="I41">
-        <v>36</v>
+        <v>485</v>
       </c>
       <c r="J41">
-        <v>7.2</v>
+        <v>10.07</v>
       </c>
       <c r="K41" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="1">
         <v>45961.0</v>
       </c>
       <c r="C42">
-        <v>15.09</v>
+        <v>7.1</v>
       </c>
       <c r="D42">
-        <v>-0.7237</v>
+        <v>-0.6993</v>
       </c>
       <c r="E42">
-        <v>364394</v>
+        <v>1508</v>
       </c>
       <c r="F42">
-        <v>15.22</v>
+        <v>7.3</v>
       </c>
       <c r="G42">
-        <v>15.05</v>
+        <v>7.0</v>
       </c>
       <c r="H42">
-        <v>5514971.63</v>
+        <v>10773.7</v>
       </c>
       <c r="I42">
-        <v>1580</v>
+        <v>36</v>
       </c>
       <c r="J42">
-        <v>15.16</v>
+        <v>7.2</v>
       </c>
       <c r="K42" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="1">
         <v>45961.0</v>
       </c>
       <c r="C43">
-        <v>2.14</v>
+        <v>15.09</v>
       </c>
       <c r="D43">
-        <v>0.9434</v>
+        <v>-0.7237</v>
       </c>
       <c r="E43">
-        <v>14532</v>
+        <v>364394</v>
       </c>
       <c r="F43">
-        <v>2.17</v>
+        <v>15.22</v>
       </c>
       <c r="G43">
-        <v>2.07</v>
+        <v>15.05</v>
       </c>
       <c r="H43">
-        <v>30694.59</v>
+        <v>5514971.63</v>
       </c>
       <c r="I43">
-        <v>43</v>
+        <v>1580</v>
       </c>
       <c r="J43">
-        <v>2.13</v>
+        <v>15.16</v>
       </c>
       <c r="K43" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="1">
         <v>45961.0</v>
       </c>
       <c r="C44">
-        <v>0.25</v>
+        <v>2.14</v>
       </c>
       <c r="D44">
-        <v>0.0</v>
+        <v>0.9434</v>
       </c>
       <c r="E44">
-        <v>0</v>
+        <v>14532</v>
       </c>
       <c r="F44">
-        <v>0.0</v>
+        <v>2.17</v>
       </c>
       <c r="G44">
-        <v>0.0</v>
+        <v>2.07</v>
       </c>
       <c r="H44">
-        <v>0.0</v>
+        <v>30694.59</v>
       </c>
       <c r="I44">
-        <v>0</v>
+        <v>43</v>
       </c>
       <c r="J44">
-        <v>0.0</v>
+        <v>2.13</v>
       </c>
       <c r="K44" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="1">
         <v>45961.0</v>
       </c>
       <c r="C45">
-        <v>0.34</v>
+        <v>0.25</v>
       </c>
       <c r="D45">
-        <v>2.4096</v>
+        <v>0.0</v>
       </c>
       <c r="E45">
-        <v>6751</v>
+        <v>0</v>
       </c>
       <c r="F45">
-        <v>0.34</v>
+        <v>0.0</v>
       </c>
       <c r="G45">
-        <v>0.317</v>
+        <v>0.0</v>
       </c>
       <c r="H45">
-        <v>2255.36</v>
+        <v>0.0</v>
       </c>
       <c r="I45">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="J45">
-        <v>0.321</v>
+        <v>0.0</v>
       </c>
       <c r="K45" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="1">
         <v>45961.0</v>
       </c>
       <c r="C46">
-        <v>2.71</v>
+        <v>0.34</v>
       </c>
       <c r="D46">
-        <v>-0.7326</v>
+        <v>2.4096</v>
       </c>
       <c r="E46">
-        <v>1617</v>
+        <v>6751</v>
       </c>
       <c r="F46">
-        <v>2.71</v>
+        <v>0.34</v>
       </c>
       <c r="G46">
-        <v>2.66</v>
+        <v>0.317</v>
       </c>
       <c r="H46">
-        <v>4308.74</v>
+        <v>2255.36</v>
       </c>
       <c r="I46">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="J46">
-        <v>2.67</v>
+        <v>0.321</v>
       </c>
       <c r="K46" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="1">
         <v>45961.0</v>
       </c>
       <c r="C47">
-        <v>39.04</v>
+        <v>2.71</v>
       </c>
       <c r="D47">
-        <v>-0.4589</v>
+        <v>-0.7326</v>
       </c>
       <c r="E47">
-        <v>13386</v>
+        <v>1617</v>
       </c>
       <c r="F47">
-        <v>39.4</v>
+        <v>2.71</v>
       </c>
       <c r="G47">
-        <v>39.04</v>
+        <v>2.66</v>
       </c>
       <c r="H47">
-        <v>524804.0</v>
+        <v>4308.74</v>
       </c>
       <c r="I47">
-        <v>163</v>
+        <v>14</v>
       </c>
       <c r="J47">
-        <v>39.4</v>
+        <v>2.67</v>
       </c>
       <c r="K47" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="1">
         <v>45961.0</v>
       </c>
       <c r="C48">
-        <v>3.085</v>
+        <v>39.04</v>
       </c>
       <c r="D48">
-        <v>0.817</v>
+        <v>-0.4589</v>
       </c>
       <c r="E48">
-        <v>110529</v>
+        <v>13386</v>
       </c>
       <c r="F48">
-        <v>3.1</v>
+        <v>39.4</v>
       </c>
       <c r="G48">
-        <v>3.0</v>
+        <v>39.04</v>
       </c>
       <c r="H48">
-        <v>335941.46</v>
+        <v>524804.0</v>
       </c>
       <c r="I48">
-        <v>397</v>
+        <v>163</v>
       </c>
       <c r="J48">
-        <v>3.06</v>
+        <v>39.4</v>
       </c>
       <c r="K48" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="1">
         <v>45961.0</v>
       </c>
       <c r="C49">
-        <v>5.2</v>
+        <v>3.085</v>
       </c>
       <c r="D49">
-        <v>-2.8037</v>
+        <v>0.817</v>
       </c>
       <c r="E49">
-        <v>1623</v>
+        <v>110529</v>
       </c>
       <c r="F49">
-        <v>5.35</v>
+        <v>3.1</v>
       </c>
       <c r="G49">
-        <v>5.2</v>
+        <v>3.0</v>
       </c>
       <c r="H49">
-        <v>8505.9</v>
+        <v>335941.46</v>
       </c>
       <c r="I49">
-        <v>15</v>
+        <v>397</v>
       </c>
       <c r="J49">
-        <v>5.3</v>
+        <v>3.06</v>
       </c>
       <c r="K49" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
         <v>107</v>
       </c>
       <c r="B50" s="1">
         <v>45961.0</v>
       </c>
       <c r="C50">
-        <v>2.51</v>
+        <v>5.2</v>
       </c>
       <c r="D50">
-        <v>-1.5686</v>
+        <v>-2.8037</v>
       </c>
       <c r="E50">
-        <v>23612</v>
+        <v>1623</v>
       </c>
       <c r="F50">
-        <v>2.57</v>
+        <v>5.35</v>
       </c>
       <c r="G50">
-        <v>2.49</v>
+        <v>5.2</v>
       </c>
       <c r="H50">
-        <v>59584.59</v>
+        <v>8505.9</v>
       </c>
       <c r="I50">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="J50">
-        <v>2.57</v>
+        <v>5.3</v>
       </c>
       <c r="K50" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
         <v>109</v>
       </c>
       <c r="B51" s="1">
         <v>45961.0</v>
       </c>
       <c r="C51">
-        <v>14.85</v>
+        <v>2.51</v>
       </c>
       <c r="D51">
-        <v>-0.6689</v>
+        <v>-1.5686</v>
       </c>
       <c r="E51">
-        <v>2267</v>
+        <v>23612</v>
       </c>
       <c r="F51">
-        <v>15.0</v>
+        <v>2.57</v>
       </c>
       <c r="G51">
-        <v>14.8</v>
+        <v>2.49</v>
       </c>
       <c r="H51">
-        <v>33625.1</v>
+        <v>59584.59</v>
       </c>
       <c r="I51">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="J51">
-        <v>15.0</v>
+        <v>2.57</v>
       </c>
       <c r="K51" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="1">
         <v>45961.0</v>
       </c>
       <c r="C52">
-        <v>1.558</v>
+        <v>14.85</v>
       </c>
       <c r="D52">
-        <v>-0.7643</v>
+        <v>-0.6689</v>
       </c>
       <c r="E52">
-        <v>184661</v>
+        <v>2267</v>
       </c>
       <c r="F52">
-        <v>1.578</v>
+        <v>15.0</v>
       </c>
       <c r="G52">
-        <v>1.55</v>
+        <v>14.8</v>
       </c>
       <c r="H52">
-        <v>287928.15</v>
+        <v>33625.1</v>
       </c>
       <c r="I52">
-        <v>253</v>
+        <v>40</v>
       </c>
       <c r="J52">
-        <v>1.57</v>
+        <v>15.0</v>
       </c>
       <c r="K52" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
         <v>113</v>
       </c>
       <c r="B53" s="1">
         <v>45961.0</v>
       </c>
       <c r="C53">
-        <v>7.64</v>
+        <v>1.558</v>
       </c>
       <c r="D53">
-        <v>-5.679</v>
+        <v>-0.7643</v>
       </c>
       <c r="E53">
-        <v>14039804</v>
+        <v>184661</v>
       </c>
       <c r="F53">
-        <v>7.785</v>
+        <v>1.578</v>
       </c>
       <c r="G53">
-        <v>7.63</v>
+        <v>1.55</v>
       </c>
       <c r="H53">
-        <v>106365414.67</v>
+        <v>287928.15</v>
       </c>
       <c r="I53">
-        <v>6384</v>
+        <v>253</v>
       </c>
       <c r="J53">
-        <v>7.7</v>
+        <v>1.57</v>
       </c>
       <c r="K53" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
         <v>115</v>
       </c>
       <c r="B54" s="1">
         <v>45961.0</v>
       </c>
       <c r="C54">
-        <v>2.48</v>
+        <v>7.64</v>
       </c>
       <c r="D54">
-        <v>-0.8</v>
+        <v>-5.679</v>
       </c>
       <c r="E54">
-        <v>7473</v>
+        <v>14039804</v>
       </c>
       <c r="F54">
-        <v>2.51</v>
+        <v>7.785</v>
       </c>
       <c r="G54">
-        <v>2.42</v>
+        <v>7.63</v>
       </c>
       <c r="H54">
-        <v>18332.53</v>
+        <v>106365414.67</v>
       </c>
       <c r="I54">
-        <v>72</v>
+        <v>6384</v>
       </c>
       <c r="J54">
-        <v>2.51</v>
+        <v>7.7</v>
       </c>
       <c r="K54" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="1">
         <v>45961.0</v>
       </c>
       <c r="C55">
-        <v>2.05</v>
+        <v>2.48</v>
       </c>
       <c r="D55">
-        <v>-0.4854</v>
+        <v>-0.8</v>
       </c>
       <c r="E55">
-        <v>50948</v>
+        <v>7473</v>
       </c>
       <c r="F55">
-        <v>2.09</v>
+        <v>2.51</v>
       </c>
       <c r="G55">
-        <v>2.0</v>
+        <v>2.42</v>
       </c>
       <c r="H55">
-        <v>104744.61</v>
+        <v>18332.53</v>
       </c>
       <c r="I55">
-        <v>153</v>
+        <v>72</v>
       </c>
       <c r="J55">
-        <v>2.08</v>
+        <v>2.51</v>
       </c>
       <c r="K55" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
         <v>119</v>
       </c>
       <c r="B56" s="1">
         <v>45961.0</v>
       </c>
       <c r="C56">
-        <v>3.2</v>
+        <v>2.05</v>
       </c>
       <c r="D56">
-        <v>2.2364</v>
+        <v>-0.4854</v>
       </c>
       <c r="E56">
-        <v>272833</v>
+        <v>50948</v>
       </c>
       <c r="F56">
-        <v>3.245</v>
+        <v>2.09</v>
       </c>
       <c r="G56">
-        <v>3.095</v>
+        <v>2.0</v>
       </c>
       <c r="H56">
-        <v>867991.17</v>
+        <v>104744.61</v>
       </c>
       <c r="I56">
-        <v>804</v>
+        <v>153</v>
       </c>
       <c r="J56">
-        <v>3.15</v>
+        <v>2.08</v>
       </c>
       <c r="K56" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
         <v>121</v>
       </c>
       <c r="B57" s="1">
         <v>45961.0</v>
       </c>
       <c r="C57">
-        <v>0.132</v>
+        <v>3.2</v>
       </c>
       <c r="D57">
-        <v>0.0</v>
+        <v>2.2364</v>
       </c>
       <c r="E57">
-        <v>0</v>
+        <v>272833</v>
       </c>
       <c r="F57">
-        <v>0.0</v>
+        <v>3.245</v>
       </c>
       <c r="G57">
-        <v>0.0</v>
+        <v>3.095</v>
       </c>
       <c r="H57">
-        <v>0.0</v>
+        <v>867991.17</v>
       </c>
       <c r="I57">
-        <v>0</v>
+        <v>804</v>
       </c>
       <c r="J57">
-        <v>0.0</v>
+        <v>3.15</v>
       </c>
       <c r="K57" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
         <v>123</v>
       </c>
       <c r="B58" s="1">
         <v>45961.0</v>
       </c>
       <c r="C58">
-        <v>12.745</v>
+        <v>0.132</v>
       </c>
       <c r="D58">
-        <v>0.5126</v>
+        <v>0.0</v>
       </c>
       <c r="E58">
-        <v>2818380</v>
+        <v>0</v>
       </c>
       <c r="F58">
-        <v>12.84</v>
+        <v>0.0</v>
       </c>
       <c r="G58">
-        <v>12.445</v>
+        <v>0.0</v>
       </c>
       <c r="H58">
-        <v>35769929.37</v>
+        <v>0.0</v>
       </c>
       <c r="I58">
-        <v>5076</v>
+        <v>0</v>
       </c>
       <c r="J58">
-        <v>12.83</v>
+        <v>0.0</v>
       </c>
       <c r="K58" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
         <v>125</v>
       </c>
       <c r="B59" s="1">
         <v>45961.0</v>
       </c>
       <c r="C59">
-        <v>3.76</v>
+        <v>12.745</v>
       </c>
       <c r="D59">
-        <v>-0.5291</v>
+        <v>0.5126</v>
       </c>
       <c r="E59">
-        <v>11678</v>
+        <v>2818380</v>
       </c>
       <c r="F59">
-        <v>3.8</v>
+        <v>12.84</v>
       </c>
       <c r="G59">
-        <v>3.67</v>
+        <v>12.445</v>
       </c>
       <c r="H59">
-        <v>43775.66</v>
+        <v>35769929.37</v>
       </c>
       <c r="I59">
-        <v>62</v>
+        <v>5076</v>
       </c>
       <c r="J59">
-        <v>3.78</v>
+        <v>12.83</v>
       </c>
       <c r="K59" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
         <v>127</v>
       </c>
       <c r="B60" s="1">
         <v>45961.0</v>
       </c>
       <c r="C60">
-        <v>6.94</v>
+        <v>3.76</v>
       </c>
       <c r="D60">
-        <v>0.0</v>
+        <v>-0.5291</v>
       </c>
       <c r="E60">
-        <v>47030</v>
+        <v>11678</v>
       </c>
       <c r="F60">
-        <v>7.01</v>
+        <v>3.8</v>
       </c>
       <c r="G60">
-        <v>6.82</v>
+        <v>3.67</v>
       </c>
       <c r="H60">
-        <v>326069.96</v>
+        <v>43775.66</v>
       </c>
       <c r="I60">
-        <v>239</v>
+        <v>62</v>
       </c>
       <c r="J60">
-        <v>6.9</v>
+        <v>3.78</v>
       </c>
       <c r="K60" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
         <v>129</v>
       </c>
       <c r="B61" s="1">
         <v>45961.0</v>
       </c>
       <c r="C61">
-        <v>3.261</v>
+        <v>6.94</v>
       </c>
       <c r="D61">
-        <v>-2.4529</v>
+        <v>0.0</v>
       </c>
       <c r="E61">
-        <v>11823757</v>
+        <v>47030</v>
       </c>
       <c r="F61">
-        <v>3.36</v>
+        <v>7.01</v>
       </c>
       <c r="G61">
-        <v>3.21</v>
+        <v>6.82</v>
       </c>
       <c r="H61">
-        <v>38646538.91</v>
+        <v>326069.96</v>
       </c>
       <c r="I61">
-        <v>7907</v>
+        <v>239</v>
       </c>
       <c r="J61">
-        <v>3.343</v>
+        <v>6.9</v>
       </c>
       <c r="K61" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
         <v>131</v>
       </c>
       <c r="B62" s="1">
         <v>45961.0</v>
       </c>
       <c r="C62">
-        <v>6.24</v>
+        <v>3.261</v>
       </c>
       <c r="D62">
-        <v>0.0</v>
+        <v>-2.4529</v>
       </c>
       <c r="E62">
-        <v>146704</v>
+        <v>11823757</v>
       </c>
       <c r="F62">
-        <v>6.26</v>
+        <v>3.36</v>
       </c>
       <c r="G62">
-        <v>6.18</v>
+        <v>3.21</v>
       </c>
       <c r="H62">
-        <v>913901.57</v>
+        <v>38646538.91</v>
       </c>
       <c r="I62">
-        <v>222</v>
+        <v>7907</v>
       </c>
       <c r="J62">
-        <v>6.18</v>
+        <v>3.343</v>
       </c>
       <c r="K62" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
         <v>133</v>
       </c>
       <c r="B63" s="1">
         <v>45961.0</v>
       </c>
       <c r="C63">
-        <v>1.885</v>
+        <v>6.24</v>
       </c>
       <c r="D63">
-        <v>-0.7895</v>
+        <v>0.0</v>
       </c>
       <c r="E63">
-        <v>19264</v>
+        <v>146704</v>
       </c>
       <c r="F63">
-        <v>1.9</v>
+        <v>6.26</v>
       </c>
       <c r="G63">
-        <v>1.78</v>
+        <v>6.18</v>
       </c>
       <c r="H63">
-        <v>35312.18</v>
+        <v>913901.57</v>
       </c>
       <c r="I63">
-        <v>87</v>
+        <v>222</v>
       </c>
       <c r="J63">
-        <v>1.9</v>
+        <v>6.18</v>
       </c>
       <c r="K63" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
         <v>135</v>
       </c>
       <c r="B64" s="1">
         <v>45961.0</v>
       </c>
       <c r="C64">
-        <v>0.405</v>
+        <v>1.885</v>
       </c>
       <c r="D64">
-        <v>-0.4914</v>
+        <v>-0.7895</v>
       </c>
       <c r="E64">
-        <v>126435</v>
+        <v>19264</v>
       </c>
       <c r="F64">
-        <v>0.412</v>
+        <v>1.9</v>
       </c>
       <c r="G64">
-        <v>0.388</v>
+        <v>1.78</v>
       </c>
       <c r="H64">
-        <v>50063.48</v>
+        <v>35312.18</v>
       </c>
       <c r="I64">
-        <v>227</v>
+        <v>87</v>
       </c>
       <c r="J64">
-        <v>0.412</v>
+        <v>1.9</v>
       </c>
       <c r="K64" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
         <v>137</v>
       </c>
       <c r="B65" s="1">
         <v>45961.0</v>
       </c>
       <c r="C65">
-        <v>5.62</v>
+        <v>0.405</v>
       </c>
       <c r="D65">
-        <v>1.8116</v>
+        <v>-0.4914</v>
       </c>
       <c r="E65">
-        <v>22889</v>
+        <v>126435</v>
       </c>
       <c r="F65">
-        <v>5.7</v>
+        <v>0.412</v>
       </c>
       <c r="G65">
-        <v>5.52</v>
+        <v>0.388</v>
       </c>
       <c r="H65">
-        <v>128664.08</v>
+        <v>50063.48</v>
       </c>
       <c r="I65">
-        <v>84</v>
+        <v>227</v>
       </c>
       <c r="J65">
-        <v>5.52</v>
+        <v>0.412</v>
       </c>
       <c r="K65" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
         <v>139</v>
       </c>
       <c r="B66" s="1">
         <v>45961.0</v>
       </c>
       <c r="C66">
-        <v>5.46</v>
+        <v>5.62</v>
       </c>
       <c r="D66">
-        <v>1.1111</v>
+        <v>1.8116</v>
       </c>
       <c r="E66">
-        <v>52267</v>
+        <v>22889</v>
       </c>
       <c r="F66">
-        <v>5.6</v>
+        <v>5.7</v>
       </c>
       <c r="G66">
-        <v>5.4</v>
+        <v>5.52</v>
       </c>
       <c r="H66">
-        <v>286261.4</v>
+        <v>128664.08</v>
       </c>
       <c r="I66">
-        <v>149</v>
+        <v>84</v>
       </c>
       <c r="J66">
-        <v>5.56</v>
+        <v>5.52</v>
       </c>
       <c r="K66" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
         <v>141</v>
       </c>
       <c r="B67" s="1">
         <v>45961.0</v>
       </c>
       <c r="C67">
-        <v>1.116</v>
+        <v>5.46</v>
       </c>
       <c r="D67">
-        <v>-0.7117</v>
+        <v>1.1111</v>
       </c>
       <c r="E67">
-        <v>3120382</v>
+        <v>52267</v>
       </c>
       <c r="F67">
-        <v>1.128</v>
+        <v>5.6</v>
       </c>
       <c r="G67">
-        <v>1.102</v>
+        <v>5.4</v>
       </c>
       <c r="H67">
-        <v>3471663.96</v>
+        <v>286261.4</v>
       </c>
       <c r="I67">
-        <v>979</v>
+        <v>149</v>
       </c>
       <c r="J67">
-        <v>1.12</v>
+        <v>5.56</v>
       </c>
       <c r="K67" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
         <v>143</v>
       </c>
       <c r="B68" s="1">
         <v>45961.0</v>
       </c>
       <c r="C68">
-        <v>5.88</v>
+        <v>1.116</v>
       </c>
       <c r="D68">
-        <v>-0.1698</v>
+        <v>-0.7117</v>
       </c>
       <c r="E68">
-        <v>42074</v>
+        <v>3120382</v>
       </c>
       <c r="F68">
-        <v>5.94</v>
+        <v>1.128</v>
       </c>
       <c r="G68">
-        <v>5.85</v>
+        <v>1.102</v>
       </c>
       <c r="H68">
-        <v>247846.39</v>
+        <v>3471663.96</v>
       </c>
       <c r="I68">
-        <v>107</v>
+        <v>979</v>
       </c>
       <c r="J68">
-        <v>5.89</v>
+        <v>1.12</v>
       </c>
       <c r="K68" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
         <v>145</v>
       </c>
       <c r="B69" s="1">
         <v>45961.0</v>
       </c>
       <c r="C69">
-        <v>1.35</v>
+        <v>5.88</v>
       </c>
       <c r="D69">
-        <v>0.0</v>
+        <v>-0.1698</v>
       </c>
       <c r="E69">
-        <v>685</v>
+        <v>42074</v>
       </c>
       <c r="F69">
-        <v>1.35</v>
+        <v>5.94</v>
       </c>
       <c r="G69">
-        <v>1.295</v>
+        <v>5.85</v>
       </c>
       <c r="H69">
-        <v>916.5</v>
+        <v>247846.39</v>
       </c>
       <c r="I69">
-        <v>5</v>
+        <v>107</v>
       </c>
       <c r="J69">
-        <v>1.295</v>
+        <v>5.89</v>
       </c>
       <c r="K69" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
         <v>147</v>
       </c>
       <c r="B70" s="1">
         <v>45961.0</v>
       </c>
       <c r="C70">
-        <v>3.35</v>
+        <v>1.35</v>
       </c>
       <c r="D70">
-        <v>-1.034</v>
+        <v>0.0</v>
       </c>
       <c r="E70">
-        <v>49383</v>
+        <v>685</v>
       </c>
       <c r="F70">
-        <v>3.395</v>
+        <v>1.35</v>
       </c>
       <c r="G70">
-        <v>3.325</v>
+        <v>1.295</v>
       </c>
       <c r="H70">
-        <v>165612.98</v>
+        <v>916.5</v>
       </c>
       <c r="I70">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="J70">
-        <v>3.35</v>
+        <v>1.295</v>
       </c>
       <c r="K70" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
         <v>149</v>
       </c>
       <c r="B71" s="1">
         <v>45961.0</v>
       </c>
       <c r="C71">
-        <v>348.0</v>
+        <v>3.35</v>
       </c>
       <c r="D71">
-        <v>0.578</v>
+        <v>-1.034</v>
       </c>
       <c r="E71">
-        <v>365</v>
+        <v>49383</v>
       </c>
       <c r="F71">
-        <v>350.0</v>
+        <v>3.395</v>
       </c>
       <c r="G71">
-        <v>348.0</v>
+        <v>3.325</v>
       </c>
       <c r="H71">
-        <v>127188.0</v>
+        <v>165612.98</v>
       </c>
       <c r="I71">
-        <v>44</v>
+        <v>200</v>
       </c>
       <c r="J71">
-        <v>348.0</v>
+        <v>3.35</v>
       </c>
       <c r="K71" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
         <v>151</v>
       </c>
       <c r="B72" s="1">
         <v>45961.0</v>
       </c>
       <c r="C72">
-        <v>1.96</v>
+        <v>348.0</v>
       </c>
       <c r="D72">
-        <v>-1.0101</v>
+        <v>0.578</v>
       </c>
       <c r="E72">
-        <v>4865</v>
+        <v>365</v>
       </c>
       <c r="F72">
-        <v>2.02</v>
+        <v>350.0</v>
       </c>
       <c r="G72">
-        <v>1.96</v>
+        <v>348.0</v>
       </c>
       <c r="H72">
-        <v>9635.03</v>
+        <v>127188.0</v>
       </c>
       <c r="I72">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="J72">
-        <v>1.98</v>
+        <v>348.0</v>
       </c>
       <c r="K72" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
         <v>153</v>
       </c>
       <c r="B73" s="1">
         <v>45961.0</v>
       </c>
       <c r="C73">
-        <v>0.467</v>
+        <v>1.96</v>
       </c>
       <c r="D73">
-        <v>0.8639</v>
+        <v>-1.0101</v>
       </c>
       <c r="E73">
-        <v>3150</v>
+        <v>4865</v>
       </c>
       <c r="F73">
-        <v>0.469</v>
+        <v>2.02</v>
       </c>
       <c r="G73">
-        <v>0.451</v>
+        <v>1.96</v>
       </c>
       <c r="H73">
-        <v>1438.24</v>
+        <v>9635.03</v>
       </c>
       <c r="I73">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="J73">
-        <v>0.452</v>
+        <v>1.98</v>
       </c>
       <c r="K73" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
         <v>155</v>
       </c>
       <c r="B74" s="1">
         <v>45961.0</v>
       </c>
       <c r="C74">
-        <v>1.4</v>
+        <v>0.467</v>
       </c>
       <c r="D74">
-        <v>0.1431</v>
+        <v>0.8639</v>
       </c>
       <c r="E74">
-        <v>59029</v>
+        <v>3150</v>
       </c>
       <c r="F74">
-        <v>1.406</v>
+        <v>0.469</v>
       </c>
       <c r="G74">
-        <v>1.372</v>
+        <v>0.451</v>
       </c>
       <c r="H74">
-        <v>81770.51</v>
+        <v>1438.24</v>
       </c>
       <c r="I74">
-        <v>92</v>
+        <v>20</v>
       </c>
       <c r="J74">
-        <v>1.4</v>
+        <v>0.452</v>
       </c>
       <c r="K74" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
         <v>157</v>
       </c>
       <c r="B75" s="1">
         <v>45961.0</v>
       </c>
       <c r="C75">
-        <v>7.05</v>
+        <v>1.4</v>
       </c>
       <c r="D75">
-        <v>-1.2605</v>
+        <v>0.1431</v>
       </c>
       <c r="E75">
-        <v>30808</v>
+        <v>59029</v>
       </c>
       <c r="F75">
-        <v>7.14</v>
+        <v>1.406</v>
       </c>
       <c r="G75">
-        <v>7.0</v>
+        <v>1.372</v>
       </c>
       <c r="H75">
-        <v>217619.84</v>
+        <v>81770.51</v>
       </c>
       <c r="I75">
-        <v>174</v>
+        <v>92</v>
       </c>
       <c r="J75">
-        <v>7.05</v>
+        <v>1.4</v>
       </c>
       <c r="K75" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
         <v>159</v>
       </c>
       <c r="B76" s="1">
         <v>45961.0</v>
       </c>
       <c r="C76">
-        <v>19.7</v>
+        <v>7.05</v>
       </c>
       <c r="D76">
-        <v>1.2333</v>
+        <v>-1.2605</v>
       </c>
       <c r="E76">
-        <v>23888</v>
+        <v>30808</v>
       </c>
       <c r="F76">
-        <v>19.82</v>
+        <v>7.14</v>
       </c>
       <c r="G76">
-        <v>19.26</v>
+        <v>7.0</v>
       </c>
       <c r="H76">
-        <v>468917.88</v>
+        <v>217619.84</v>
       </c>
       <c r="I76">
-        <v>195</v>
+        <v>174</v>
       </c>
       <c r="J76">
-        <v>19.46</v>
+        <v>7.05</v>
       </c>
       <c r="K76" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
         <v>161</v>
       </c>
       <c r="B77" s="1">
         <v>45961.0</v>
       </c>
       <c r="C77">
-        <v>2.18</v>
+        <v>19.7</v>
       </c>
       <c r="D77">
-        <v>0.0</v>
+        <v>1.2333</v>
       </c>
       <c r="E77">
-        <v>0</v>
+        <v>23888</v>
       </c>
       <c r="F77">
-        <v>0.0</v>
+        <v>19.82</v>
       </c>
       <c r="G77">
-        <v>0.0</v>
+        <v>19.26</v>
       </c>
       <c r="H77">
-        <v>0.0</v>
+        <v>468917.88</v>
       </c>
       <c r="I77">
-        <v>0</v>
+        <v>195</v>
       </c>
       <c r="J77">
-        <v>0.0</v>
+        <v>19.46</v>
       </c>
       <c r="K77" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
         <v>163</v>
       </c>
       <c r="B78" s="1">
         <v>45961.0</v>
       </c>
       <c r="C78">
-        <v>2.0</v>
+        <v>2.18</v>
       </c>
       <c r="D78">
         <v>0.0</v>
       </c>
       <c r="E78">
-        <v>19057</v>
+        <v>0</v>
       </c>
       <c r="F78">
-        <v>2.03</v>
+        <v>0.0</v>
       </c>
       <c r="G78">
-        <v>1.98</v>
+        <v>0.0</v>
       </c>
       <c r="H78">
-        <v>38253.38</v>
+        <v>0.0</v>
       </c>
       <c r="I78">
-        <v>61</v>
+        <v>0</v>
       </c>
       <c r="J78">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="K78" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
         <v>165</v>
       </c>
       <c r="B79" s="1">
         <v>45961.0</v>
       </c>
       <c r="C79">
         <v>0.808</v>
       </c>
       <c r="D79">
         <v>-0.8589</v>
       </c>
       <c r="E79">
         <v>305472</v>
       </c>
       <c r="F79">
         <v>0.82</v>
       </c>
       <c r="G79">