--- v0 (2026-01-07)
+++ v1 (2026-01-27)
@@ -71,50 +71,56 @@
   <si>
     <t>ACAG</t>
   </si>
   <si>
     <t>AT0000A325L0</t>
   </si>
   <si>
     <t>AEM</t>
   </si>
   <si>
     <t>GRS541003000</t>
   </si>
   <si>
     <t>AKTR</t>
   </si>
   <si>
     <t>GRS432003028</t>
   </si>
   <si>
     <t>BOCHGR</t>
   </si>
   <si>
     <t>IE00BD5B1Y92</t>
   </si>
   <si>
+    <t>BYLOT</t>
+  </si>
+  <si>
+    <t>GRS343313003</t>
+  </si>
+  <si>
     <t>CENER</t>
   </si>
   <si>
     <t>BE0974303357</t>
   </si>
   <si>
     <t>CNLCAP</t>
   </si>
   <si>
     <t>GRS520003005</t>
   </si>
   <si>
     <t>CREDIA</t>
   </si>
   <si>
     <t>GRS001003052</t>
   </si>
   <si>
     <t>DIMAND</t>
   </si>
   <si>
     <t>GRS525003000</t>
   </si>
   <si>
     <t>EIS</t>
@@ -441,56 +447,50 @@
     <t>GRS395363005</t>
   </si>
   <si>
     <t>ΙΑΤΡ</t>
   </si>
   <si>
     <t>GRS147233001</t>
   </si>
   <si>
     <t>ΙΚΤΙΝ</t>
   </si>
   <si>
     <t>GRS372003004</t>
   </si>
   <si>
     <t>ΙΛΥΔΑ</t>
   </si>
   <si>
     <t>GRS475003018</t>
   </si>
   <si>
     <t>ΙΝΛΙΦ</t>
   </si>
   <si>
     <t>GRS805003001</t>
-  </si>
-[...4 lines deleted...]
-    <t>GRS343313003</t>
   </si>
   <si>
     <t>ΙΝΤΕΚ</t>
   </si>
   <si>
     <t>GRS148003015</t>
   </si>
   <si>
     <t>ΙΝΤΕΤ</t>
   </si>
   <si>
     <t>GRS247003007</t>
   </si>
   <si>
     <t>ΙΝΤΚΑ</t>
   </si>
   <si>
     <t>GRS087003000</t>
   </si>
   <si>
     <t>ΚΑΡΕΛ</t>
   </si>
   <si>
     <t>GRS120003009</t>
   </si>
@@ -1411,2242 +1411,2242 @@
       </c>
       <c r="G5">
         <v>7.92</v>
       </c>
       <c r="H5">
         <v>3031638.64</v>
       </c>
       <c r="I5">
         <v>526</v>
       </c>
       <c r="J5">
         <v>8.0</v>
       </c>
       <c r="K5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="1">
         <v>46022.0</v>
       </c>
       <c r="C6">
-        <v>15.0</v>
+        <v>1.058</v>
       </c>
       <c r="D6">
-        <v>-0.266</v>
+        <v>0.1894</v>
       </c>
       <c r="E6">
-        <v>118023</v>
+        <v>1647020</v>
       </c>
       <c r="F6">
-        <v>15.2</v>
+        <v>1.06</v>
       </c>
       <c r="G6">
-        <v>14.98</v>
+        <v>1.052</v>
       </c>
       <c r="H6">
-        <v>1782174.78</v>
+        <v>1740486.24</v>
       </c>
       <c r="I6">
-        <v>456</v>
+        <v>432</v>
       </c>
       <c r="J6">
-        <v>15.0</v>
+        <v>1.052</v>
       </c>
       <c r="K6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="1">
         <v>46022.0</v>
       </c>
       <c r="C7">
-        <v>7.1</v>
+        <v>15.0</v>
       </c>
       <c r="D7">
-        <v>0.0</v>
+        <v>-0.266</v>
       </c>
       <c r="E7">
-        <v>700</v>
+        <v>118023</v>
       </c>
       <c r="F7">
-        <v>7.1</v>
+        <v>15.2</v>
       </c>
       <c r="G7">
-        <v>7.1</v>
+        <v>14.98</v>
       </c>
       <c r="H7">
-        <v>4970.0</v>
+        <v>1782174.78</v>
       </c>
       <c r="I7">
-        <v>8</v>
+        <v>456</v>
       </c>
       <c r="J7">
-        <v>7.1</v>
+        <v>15.0</v>
       </c>
       <c r="K7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="1">
         <v>46022.0</v>
       </c>
       <c r="C8">
-        <v>1.604</v>
+        <v>7.1</v>
       </c>
       <c r="D8">
-        <v>1.0076</v>
+        <v>0.0</v>
       </c>
       <c r="E8">
-        <v>467680</v>
+        <v>700</v>
       </c>
       <c r="F8">
-        <v>1.626</v>
+        <v>7.1</v>
       </c>
       <c r="G8">
-        <v>1.588</v>
+        <v>7.1</v>
       </c>
       <c r="H8">
-        <v>752573.06</v>
+        <v>4970.0</v>
       </c>
       <c r="I8">
-        <v>454</v>
+        <v>8</v>
       </c>
       <c r="J8">
-        <v>1.588</v>
+        <v>7.1</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="1">
         <v>46022.0</v>
       </c>
       <c r="C9">
-        <v>11.2</v>
+        <v>1.604</v>
       </c>
       <c r="D9">
-        <v>1.8182</v>
+        <v>1.0076</v>
       </c>
       <c r="E9">
-        <v>23011</v>
+        <v>467680</v>
       </c>
       <c r="F9">
-        <v>11.2</v>
+        <v>1.626</v>
       </c>
       <c r="G9">
-        <v>10.8</v>
+        <v>1.588</v>
       </c>
       <c r="H9">
-        <v>252999.75</v>
+        <v>752573.06</v>
       </c>
       <c r="I9">
-        <v>98</v>
+        <v>454</v>
       </c>
       <c r="J9">
-        <v>11.0</v>
+        <v>1.588</v>
       </c>
       <c r="K9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="1">
         <v>46022.0</v>
       </c>
       <c r="C10">
-        <v>2.1</v>
+        <v>11.2</v>
       </c>
       <c r="D10">
-        <v>5.2104</v>
+        <v>1.8182</v>
       </c>
       <c r="E10">
-        <v>53503</v>
+        <v>23011</v>
       </c>
       <c r="F10">
-        <v>2.1</v>
+        <v>11.2</v>
       </c>
       <c r="G10">
-        <v>1.978</v>
+        <v>10.8</v>
       </c>
       <c r="H10">
-        <v>110261.88</v>
+        <v>252999.75</v>
       </c>
       <c r="I10">
-        <v>177</v>
+        <v>98</v>
       </c>
       <c r="J10">
-        <v>1.996</v>
+        <v>11.0</v>
       </c>
       <c r="K10" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="1">
         <v>46022.0</v>
       </c>
       <c r="C11">
-        <v>1.99</v>
+        <v>2.1</v>
       </c>
       <c r="D11">
-        <v>-0.5</v>
+        <v>5.2104</v>
       </c>
       <c r="E11">
-        <v>37335</v>
+        <v>53503</v>
       </c>
       <c r="F11">
-        <v>2.02</v>
+        <v>2.1</v>
       </c>
       <c r="G11">
-        <v>1.98</v>
+        <v>1.978</v>
       </c>
       <c r="H11">
-        <v>74574.13</v>
+        <v>110261.88</v>
       </c>
       <c r="I11">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="J11">
-        <v>1.98</v>
+        <v>1.996</v>
       </c>
       <c r="K11" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="1">
         <v>46022.0</v>
       </c>
       <c r="C12">
-        <v>43.8</v>
+        <v>1.99</v>
       </c>
       <c r="D12">
-        <v>0.7823</v>
+        <v>-0.5</v>
       </c>
       <c r="E12">
-        <v>183265</v>
+        <v>37335</v>
       </c>
       <c r="F12">
-        <v>44.54</v>
+        <v>2.02</v>
       </c>
       <c r="G12">
-        <v>43.66</v>
+        <v>1.98</v>
       </c>
       <c r="H12">
-        <v>8066345.66</v>
+        <v>74574.13</v>
       </c>
       <c r="I12">
-        <v>1265</v>
+        <v>55</v>
       </c>
       <c r="J12">
-        <v>43.66</v>
+        <v>1.98</v>
       </c>
       <c r="K12" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="1">
         <v>46022.0</v>
       </c>
       <c r="C13">
-        <v>2.84</v>
+        <v>43.8</v>
       </c>
       <c r="D13">
-        <v>0.3534</v>
+        <v>0.7823</v>
       </c>
       <c r="E13">
-        <v>23282</v>
+        <v>183265</v>
       </c>
       <c r="F13">
-        <v>2.85</v>
+        <v>44.54</v>
       </c>
       <c r="G13">
-        <v>2.81</v>
+        <v>43.66</v>
       </c>
       <c r="H13">
-        <v>65735.68</v>
+        <v>8066345.66</v>
       </c>
       <c r="I13">
-        <v>43</v>
+        <v>1265</v>
       </c>
       <c r="J13">
-        <v>2.83</v>
+        <v>43.66</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="1">
         <v>46022.0</v>
       </c>
       <c r="C14">
-        <v>2.2</v>
+        <v>2.84</v>
       </c>
       <c r="D14">
-        <v>0.0</v>
+        <v>0.3534</v>
       </c>
       <c r="E14">
-        <v>116927</v>
+        <v>23282</v>
       </c>
       <c r="F14">
-        <v>2.2</v>
+        <v>2.85</v>
       </c>
       <c r="G14">
-        <v>2.14</v>
+        <v>2.81</v>
       </c>
       <c r="H14">
-        <v>255016.47</v>
+        <v>65735.68</v>
       </c>
       <c r="I14">
-        <v>178</v>
+        <v>43</v>
       </c>
       <c r="J14">
-        <v>2.2</v>
+        <v>2.83</v>
       </c>
       <c r="K14" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="1">
         <v>46022.0</v>
       </c>
       <c r="C15">
-        <v>7.71</v>
+        <v>2.2</v>
       </c>
       <c r="D15">
-        <v>1.715</v>
+        <v>0.0</v>
       </c>
       <c r="E15">
-        <v>92464</v>
+        <v>116927</v>
       </c>
       <c r="F15">
-        <v>7.71</v>
+        <v>2.2</v>
       </c>
       <c r="G15">
-        <v>7.55</v>
+        <v>2.14</v>
       </c>
       <c r="H15">
-        <v>705032.68</v>
+        <v>255016.47</v>
       </c>
       <c r="I15">
-        <v>401</v>
+        <v>178</v>
       </c>
       <c r="J15">
-        <v>7.62</v>
+        <v>2.2</v>
       </c>
       <c r="K15" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="1">
         <v>46022.0</v>
       </c>
       <c r="C16">
-        <v>6.55</v>
+        <v>7.71</v>
       </c>
       <c r="D16">
-        <v>0.1529</v>
+        <v>1.715</v>
       </c>
       <c r="E16">
-        <v>71697</v>
+        <v>92464</v>
       </c>
       <c r="F16">
-        <v>6.555</v>
+        <v>7.71</v>
       </c>
       <c r="G16">
-        <v>6.48</v>
+        <v>7.55</v>
       </c>
       <c r="H16">
-        <v>467073.1</v>
+        <v>705032.68</v>
       </c>
       <c r="I16">
-        <v>121</v>
+        <v>401</v>
       </c>
       <c r="J16">
-        <v>6.51</v>
+        <v>7.62</v>
       </c>
       <c r="K16" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="1">
         <v>46022.0</v>
       </c>
       <c r="C17">
-        <v>5.8</v>
+        <v>6.55</v>
       </c>
       <c r="D17">
-        <v>7.0111</v>
+        <v>0.1529</v>
       </c>
       <c r="E17">
-        <v>71229</v>
+        <v>71697</v>
       </c>
       <c r="F17">
-        <v>5.8</v>
+        <v>6.555</v>
       </c>
       <c r="G17">
-        <v>5.48</v>
+        <v>6.48</v>
       </c>
       <c r="H17">
-        <v>402970.1</v>
+        <v>467073.1</v>
       </c>
       <c r="I17">
-        <v>291</v>
+        <v>121</v>
       </c>
       <c r="J17">
-        <v>5.5</v>
+        <v>6.51</v>
       </c>
       <c r="K17" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="1">
         <v>46022.0</v>
       </c>
       <c r="C18">
-        <v>52.5</v>
+        <v>5.8</v>
       </c>
       <c r="D18">
-        <v>-1.3158</v>
+        <v>7.0111</v>
       </c>
       <c r="E18">
-        <v>73649</v>
+        <v>71229</v>
       </c>
       <c r="F18">
-        <v>53.6</v>
+        <v>5.8</v>
       </c>
       <c r="G18">
-        <v>52.5</v>
+        <v>5.48</v>
       </c>
       <c r="H18">
-        <v>3917028.9</v>
+        <v>402970.1</v>
       </c>
       <c r="I18">
-        <v>947</v>
+        <v>291</v>
       </c>
       <c r="J18">
-        <v>53.3</v>
+        <v>5.5</v>
       </c>
       <c r="K18" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="1">
         <v>46022.0</v>
       </c>
       <c r="C19">
-        <v>2.33</v>
+        <v>52.5</v>
       </c>
       <c r="D19">
-        <v>-0.8511</v>
+        <v>-1.3158</v>
       </c>
       <c r="E19">
-        <v>30748</v>
+        <v>73649</v>
       </c>
       <c r="F19">
-        <v>2.38</v>
+        <v>53.6</v>
       </c>
       <c r="G19">
-        <v>2.31</v>
+        <v>52.5</v>
       </c>
       <c r="H19">
-        <v>72116.71</v>
+        <v>3917028.9</v>
       </c>
       <c r="I19">
-        <v>94</v>
+        <v>947</v>
       </c>
       <c r="J19">
-        <v>2.35</v>
+        <v>53.3</v>
       </c>
       <c r="K19" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="1">
         <v>46022.0</v>
       </c>
       <c r="C20">
-        <v>6.2</v>
+        <v>2.33</v>
       </c>
       <c r="D20">
-        <v>-5.3435</v>
+        <v>-0.8511</v>
       </c>
       <c r="E20">
-        <v>230</v>
+        <v>30748</v>
       </c>
       <c r="F20">
-        <v>6.25</v>
+        <v>2.38</v>
       </c>
       <c r="G20">
-        <v>6.2</v>
+        <v>2.31</v>
       </c>
       <c r="H20">
-        <v>1427.5</v>
+        <v>72116.71</v>
       </c>
       <c r="I20">
-        <v>5</v>
+        <v>94</v>
       </c>
       <c r="J20">
-        <v>6.25</v>
+        <v>2.35</v>
       </c>
       <c r="K20" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="1">
         <v>46022.0</v>
       </c>
       <c r="C21">
-        <v>2.97</v>
+        <v>6.2</v>
       </c>
       <c r="D21">
-        <v>0.3378</v>
+        <v>-5.3435</v>
       </c>
       <c r="E21">
-        <v>209513</v>
+        <v>230</v>
       </c>
       <c r="F21">
-        <v>2.98</v>
+        <v>6.25</v>
       </c>
       <c r="G21">
-        <v>2.94</v>
+        <v>6.2</v>
       </c>
       <c r="H21">
-        <v>621343.36</v>
+        <v>1427.5</v>
       </c>
       <c r="I21">
-        <v>310</v>
+        <v>5</v>
       </c>
       <c r="J21">
-        <v>2.95</v>
+        <v>6.25</v>
       </c>
       <c r="K21" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="1">
         <v>46022.0</v>
       </c>
       <c r="C22">
-        <v>0.486</v>
+        <v>2.97</v>
       </c>
       <c r="D22">
-        <v>0.4132</v>
+        <v>0.3378</v>
       </c>
       <c r="E22">
-        <v>24181</v>
+        <v>209513</v>
       </c>
       <c r="F22">
-        <v>0.487</v>
+        <v>2.98</v>
       </c>
       <c r="G22">
-        <v>0.478</v>
+        <v>2.94</v>
       </c>
       <c r="H22">
-        <v>11638.94</v>
+        <v>621343.36</v>
       </c>
       <c r="I22">
-        <v>45</v>
+        <v>310</v>
       </c>
       <c r="J22">
-        <v>0.486</v>
+        <v>2.95</v>
       </c>
       <c r="K22" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="1">
         <v>46022.0</v>
       </c>
       <c r="C23">
-        <v>3.04</v>
+        <v>0.486</v>
       </c>
       <c r="D23">
-        <v>2.8765</v>
+        <v>0.4132</v>
       </c>
       <c r="E23">
-        <v>225341</v>
+        <v>24181</v>
       </c>
       <c r="F23">
-        <v>3.04</v>
+        <v>0.487</v>
       </c>
       <c r="G23">
-        <v>2.93</v>
+        <v>0.478</v>
       </c>
       <c r="H23">
-        <v>676261.75</v>
+        <v>11638.94</v>
       </c>
       <c r="I23">
-        <v>323</v>
+        <v>45</v>
       </c>
       <c r="J23">
-        <v>2.98</v>
+        <v>0.486</v>
       </c>
       <c r="K23" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="1">
         <v>46022.0</v>
       </c>
       <c r="C24">
-        <v>1.06</v>
+        <v>3.04</v>
       </c>
       <c r="D24">
-        <v>0.0</v>
+        <v>2.8765</v>
       </c>
       <c r="E24">
-        <v>3496</v>
+        <v>225341</v>
       </c>
       <c r="F24">
-        <v>1.06</v>
+        <v>3.04</v>
       </c>
       <c r="G24">
-        <v>1.06</v>
+        <v>2.93</v>
       </c>
       <c r="H24">
-        <v>3705.76</v>
+        <v>676261.75</v>
       </c>
       <c r="I24">
-        <v>21</v>
+        <v>323</v>
       </c>
       <c r="J24">
-        <v>1.06</v>
+        <v>2.98</v>
       </c>
       <c r="K24" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="1">
         <v>46022.0</v>
       </c>
       <c r="C25">
-        <v>5.26</v>
+        <v>1.06</v>
       </c>
       <c r="D25">
-        <v>4.3651</v>
+        <v>0.0</v>
       </c>
       <c r="E25">
-        <v>60334</v>
+        <v>3496</v>
       </c>
       <c r="F25">
-        <v>5.26</v>
+        <v>1.06</v>
       </c>
       <c r="G25">
-        <v>5.02</v>
+        <v>1.06</v>
       </c>
       <c r="H25">
-        <v>313805.04</v>
+        <v>3705.76</v>
       </c>
       <c r="I25">
-        <v>98</v>
+        <v>21</v>
       </c>
       <c r="J25">
-        <v>5.02</v>
+        <v>1.06</v>
       </c>
       <c r="K25" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="1">
         <v>46022.0</v>
       </c>
       <c r="C26">
-        <v>3.58</v>
+        <v>5.26</v>
       </c>
       <c r="D26">
-        <v>-0.1673</v>
+        <v>4.3651</v>
       </c>
       <c r="E26">
-        <v>2290230</v>
+        <v>60334</v>
       </c>
       <c r="F26">
-        <v>3.597</v>
+        <v>5.26</v>
       </c>
       <c r="G26">
-        <v>3.58</v>
+        <v>5.02</v>
       </c>
       <c r="H26">
-        <v>8211542.03</v>
+        <v>313805.04</v>
       </c>
       <c r="I26">
-        <v>1418</v>
+        <v>98</v>
       </c>
       <c r="J26">
-        <v>3.58</v>
+        <v>5.02</v>
       </c>
       <c r="K26" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="1">
         <v>46022.0</v>
       </c>
       <c r="C27">
-        <v>7.94</v>
+        <v>3.58</v>
       </c>
       <c r="D27">
-        <v>-0.2513</v>
+        <v>-0.1673</v>
       </c>
       <c r="E27">
-        <v>2635</v>
+        <v>2290230</v>
       </c>
       <c r="F27">
-        <v>7.96</v>
+        <v>3.597</v>
       </c>
       <c r="G27">
-        <v>7.9</v>
+        <v>3.58</v>
       </c>
       <c r="H27">
-        <v>20922.24</v>
+        <v>8211542.03</v>
       </c>
       <c r="I27">
-        <v>24</v>
+        <v>1418</v>
       </c>
       <c r="J27">
-        <v>7.96</v>
+        <v>3.58</v>
       </c>
       <c r="K27" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="1">
         <v>46022.0</v>
       </c>
       <c r="C28">
-        <v>14.26</v>
+        <v>7.94</v>
       </c>
       <c r="D28">
-        <v>-1.2465</v>
+        <v>-0.2513</v>
       </c>
       <c r="E28">
-        <v>40140</v>
+        <v>2635</v>
       </c>
       <c r="F28">
-        <v>14.5</v>
+        <v>7.96</v>
       </c>
       <c r="G28">
-        <v>14.26</v>
+        <v>7.9</v>
       </c>
       <c r="H28">
-        <v>575214.96</v>
+        <v>20922.24</v>
       </c>
       <c r="I28">
-        <v>284</v>
+        <v>24</v>
       </c>
       <c r="J28">
-        <v>14.4</v>
+        <v>7.96</v>
       </c>
       <c r="K28" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="1">
         <v>46022.0</v>
       </c>
       <c r="C29">
-        <v>4.05</v>
+        <v>14.26</v>
       </c>
       <c r="D29">
-        <v>-0.7353</v>
+        <v>-1.2465</v>
       </c>
       <c r="E29">
-        <v>7394</v>
+        <v>40140</v>
       </c>
       <c r="F29">
-        <v>4.11</v>
+        <v>14.5</v>
       </c>
       <c r="G29">
-        <v>4.02</v>
+        <v>14.26</v>
       </c>
       <c r="H29">
-        <v>30172.42</v>
+        <v>575214.96</v>
       </c>
       <c r="I29">
-        <v>44</v>
+        <v>284</v>
       </c>
       <c r="J29">
-        <v>4.06</v>
+        <v>14.4</v>
       </c>
       <c r="K29" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="1">
         <v>46022.0</v>
       </c>
       <c r="C30">
-        <v>7.36</v>
+        <v>4.05</v>
       </c>
       <c r="D30">
-        <v>2.507</v>
+        <v>-0.7353</v>
       </c>
       <c r="E30">
-        <v>3070</v>
+        <v>7394</v>
       </c>
       <c r="F30">
-        <v>7.38</v>
+        <v>4.11</v>
       </c>
       <c r="G30">
-        <v>7.2</v>
+        <v>4.02</v>
       </c>
       <c r="H30">
-        <v>22357.62</v>
+        <v>30172.42</v>
       </c>
       <c r="I30">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="J30">
-        <v>7.2</v>
+        <v>4.06</v>
       </c>
       <c r="K30" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="1">
         <v>46022.0</v>
       </c>
       <c r="C31">
-        <v>1.43</v>
+        <v>7.36</v>
       </c>
       <c r="D31">
-        <v>0.0</v>
+        <v>2.507</v>
       </c>
       <c r="E31">
-        <v>299</v>
+        <v>3070</v>
       </c>
       <c r="F31">
-        <v>1.44</v>
+        <v>7.38</v>
       </c>
       <c r="G31">
-        <v>1.42</v>
+        <v>7.2</v>
       </c>
       <c r="H31">
-        <v>427.73</v>
+        <v>22357.62</v>
       </c>
       <c r="I31">
-        <v>4</v>
+        <v>57</v>
       </c>
       <c r="J31">
-        <v>1.44</v>
+        <v>7.2</v>
       </c>
       <c r="K31" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="1">
         <v>46022.0</v>
       </c>
       <c r="C32">
-        <v>12.8</v>
+        <v>1.43</v>
       </c>
       <c r="D32">
-        <v>0.3922</v>
+        <v>0.0</v>
       </c>
       <c r="E32">
-        <v>400</v>
+        <v>299</v>
       </c>
       <c r="F32">
-        <v>12.8</v>
+        <v>1.44</v>
       </c>
       <c r="G32">
-        <v>12.8</v>
+        <v>1.42</v>
       </c>
       <c r="H32">
-        <v>5120.0</v>
+        <v>427.73</v>
       </c>
       <c r="I32">
         <v>4</v>
       </c>
       <c r="J32">
-        <v>12.8</v>
+        <v>1.44</v>
       </c>
       <c r="K32" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="1">
         <v>46022.0</v>
       </c>
       <c r="C33">
-        <v>1.86</v>
+        <v>12.8</v>
       </c>
       <c r="D33">
-        <v>0.2695</v>
+        <v>0.3922</v>
       </c>
       <c r="E33">
-        <v>26939</v>
+        <v>400</v>
       </c>
       <c r="F33">
-        <v>1.885</v>
+        <v>12.8</v>
       </c>
       <c r="G33">
-        <v>1.85</v>
+        <v>12.8</v>
       </c>
       <c r="H33">
-        <v>50370.02</v>
+        <v>5120.0</v>
       </c>
       <c r="I33">
-        <v>64</v>
+        <v>4</v>
       </c>
       <c r="J33">
-        <v>1.86</v>
+        <v>12.8</v>
       </c>
       <c r="K33" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="1">
         <v>46022.0</v>
       </c>
       <c r="C34">
-        <v>11.9</v>
+        <v>1.86</v>
       </c>
       <c r="D34">
-        <v>1.3629</v>
+        <v>0.2695</v>
       </c>
       <c r="E34">
-        <v>107760</v>
+        <v>26939</v>
       </c>
       <c r="F34">
-        <v>11.9</v>
+        <v>1.885</v>
       </c>
       <c r="G34">
-        <v>11.5</v>
+        <v>1.85</v>
       </c>
       <c r="H34">
-        <v>1262400.8</v>
+        <v>50370.02</v>
       </c>
       <c r="I34">
-        <v>325</v>
+        <v>64</v>
       </c>
       <c r="J34">
-        <v>11.7</v>
+        <v>1.86</v>
       </c>
       <c r="K34" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="1">
         <v>46022.0</v>
       </c>
       <c r="C35">
-        <v>1.965</v>
+        <v>11.9</v>
       </c>
       <c r="D35">
-        <v>2.3438</v>
+        <v>1.3629</v>
       </c>
       <c r="E35">
-        <v>31020</v>
+        <v>107760</v>
       </c>
       <c r="F35">
-        <v>1.965</v>
+        <v>11.9</v>
       </c>
       <c r="G35">
-        <v>1.915</v>
+        <v>11.5</v>
       </c>
       <c r="H35">
-        <v>60198.37</v>
+        <v>1262400.8</v>
       </c>
       <c r="I35">
-        <v>68</v>
+        <v>325</v>
       </c>
       <c r="J35">
-        <v>1.935</v>
+        <v>11.7</v>
       </c>
       <c r="K35" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="1">
         <v>46022.0</v>
       </c>
       <c r="C36">
-        <v>2.9</v>
+        <v>1.965</v>
       </c>
       <c r="D36">
-        <v>0.0</v>
+        <v>2.3438</v>
       </c>
       <c r="E36">
-        <v>6633</v>
+        <v>31020</v>
       </c>
       <c r="F36">
-        <v>2.94</v>
+        <v>1.965</v>
       </c>
       <c r="G36">
-        <v>2.88</v>
+        <v>1.915</v>
       </c>
       <c r="H36">
-        <v>19225.46</v>
+        <v>60198.37</v>
       </c>
       <c r="I36">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="J36">
-        <v>2.94</v>
+        <v>1.935</v>
       </c>
       <c r="K36" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="1">
         <v>46022.0</v>
       </c>
       <c r="C37">
-        <v>0.206</v>
+        <v>2.9</v>
       </c>
       <c r="D37">
         <v>0.0</v>
       </c>
       <c r="E37">
-        <v>0</v>
+        <v>6633</v>
       </c>
       <c r="F37">
-        <v>0.0</v>
+        <v>2.94</v>
       </c>
       <c r="G37">
-        <v>0.0</v>
+        <v>2.88</v>
       </c>
       <c r="H37">
-        <v>0.0</v>
+        <v>19225.46</v>
       </c>
       <c r="I37">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="J37">
-        <v>0.0</v>
+        <v>2.94</v>
       </c>
       <c r="K37" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="1">
         <v>46022.0</v>
       </c>
       <c r="C38">
-        <v>2.3</v>
+        <v>0.206</v>
       </c>
       <c r="D38">
-        <v>-0.8621</v>
+        <v>0.0</v>
       </c>
       <c r="E38">
-        <v>1115</v>
+        <v>0</v>
       </c>
       <c r="F38">
-        <v>2.3</v>
+        <v>0.0</v>
       </c>
       <c r="G38">
-        <v>2.28</v>
+        <v>0.0</v>
       </c>
       <c r="H38">
-        <v>2554.2</v>
+        <v>0.0</v>
       </c>
       <c r="I38">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="J38">
-        <v>2.3</v>
+        <v>0.0</v>
       </c>
       <c r="K38" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="1">
         <v>46022.0</v>
       </c>
       <c r="C39">
-        <v>2.38</v>
+        <v>2.3</v>
       </c>
       <c r="D39">
-        <v>-3.252</v>
+        <v>-0.8621</v>
       </c>
       <c r="E39">
-        <v>7831</v>
+        <v>1115</v>
       </c>
       <c r="F39">
-        <v>2.47</v>
+        <v>2.3</v>
       </c>
       <c r="G39">
-        <v>2.38</v>
+        <v>2.28</v>
       </c>
       <c r="H39">
-        <v>18820.39</v>
+        <v>2554.2</v>
       </c>
       <c r="I39">
-        <v>64</v>
+        <v>9</v>
       </c>
       <c r="J39">
-        <v>2.4</v>
+        <v>2.3</v>
       </c>
       <c r="K39" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="1">
         <v>46022.0</v>
       </c>
       <c r="C40">
-        <v>25.42</v>
+        <v>2.38</v>
       </c>
       <c r="D40">
-        <v>0.0787</v>
+        <v>-3.252</v>
       </c>
       <c r="E40">
-        <v>81370</v>
+        <v>7831</v>
       </c>
       <c r="F40">
-        <v>25.56</v>
+        <v>2.47</v>
       </c>
       <c r="G40">
-        <v>25.38</v>
+        <v>2.38</v>
       </c>
       <c r="H40">
-        <v>2070059.18</v>
+        <v>18820.39</v>
       </c>
       <c r="I40">
-        <v>501</v>
+        <v>64</v>
       </c>
       <c r="J40">
-        <v>25.4</v>
+        <v>2.4</v>
       </c>
       <c r="K40" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="1">
         <v>46022.0</v>
       </c>
       <c r="C41">
-        <v>10.74</v>
+        <v>25.42</v>
       </c>
       <c r="D41">
-        <v>0.0932</v>
+        <v>0.0787</v>
       </c>
       <c r="E41">
-        <v>14364</v>
+        <v>81370</v>
       </c>
       <c r="F41">
-        <v>10.8</v>
+        <v>25.56</v>
       </c>
       <c r="G41">
-        <v>10.7</v>
+        <v>25.38</v>
       </c>
       <c r="H41">
-        <v>154593.54</v>
+        <v>2070059.18</v>
       </c>
       <c r="I41">
-        <v>119</v>
+        <v>501</v>
       </c>
       <c r="J41">
-        <v>10.78</v>
+        <v>25.4</v>
       </c>
       <c r="K41" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="1">
         <v>46022.0</v>
       </c>
       <c r="C42">
-        <v>6.85</v>
+        <v>10.74</v>
       </c>
       <c r="D42">
-        <v>0.0</v>
+        <v>0.0932</v>
       </c>
       <c r="E42">
-        <v>1433</v>
+        <v>14364</v>
       </c>
       <c r="F42">
-        <v>6.95</v>
+        <v>10.8</v>
       </c>
       <c r="G42">
-        <v>6.8</v>
+        <v>10.7</v>
       </c>
       <c r="H42">
-        <v>9822.7</v>
+        <v>154593.54</v>
       </c>
       <c r="I42">
-        <v>37</v>
+        <v>119</v>
       </c>
       <c r="J42">
-        <v>6.9</v>
+        <v>10.78</v>
       </c>
       <c r="K42" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="1">
         <v>46022.0</v>
       </c>
       <c r="C43">
-        <v>18.2</v>
+        <v>6.85</v>
       </c>
       <c r="D43">
-        <v>0.7194</v>
+        <v>0.0</v>
       </c>
       <c r="E43">
-        <v>417680</v>
+        <v>1433</v>
       </c>
       <c r="F43">
-        <v>18.2</v>
+        <v>6.95</v>
       </c>
       <c r="G43">
-        <v>17.92</v>
+        <v>6.8</v>
       </c>
       <c r="H43">
-        <v>7575171.38</v>
+        <v>9822.7</v>
       </c>
       <c r="I43">
-        <v>1087</v>
+        <v>37</v>
       </c>
       <c r="J43">
-        <v>18.07</v>
+        <v>6.9</v>
       </c>
       <c r="K43" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="1">
         <v>46022.0</v>
       </c>
       <c r="C44">
-        <v>2.48</v>
+        <v>18.2</v>
       </c>
       <c r="D44">
-        <v>5.0847</v>
+        <v>0.7194</v>
       </c>
       <c r="E44">
-        <v>91093</v>
+        <v>417680</v>
       </c>
       <c r="F44">
-        <v>2.49</v>
+        <v>18.2</v>
       </c>
       <c r="G44">
-        <v>2.33</v>
+        <v>17.92</v>
       </c>
       <c r="H44">
-        <v>220277.3</v>
+        <v>7575171.38</v>
       </c>
       <c r="I44">
-        <v>184</v>
+        <v>1087</v>
       </c>
       <c r="J44">
-        <v>2.35</v>
+        <v>18.07</v>
       </c>
       <c r="K44" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="1">
         <v>46022.0</v>
       </c>
       <c r="C45">
-        <v>0.25</v>
+        <v>2.48</v>
       </c>
       <c r="D45">
-        <v>0.0</v>
+        <v>5.0847</v>
       </c>
       <c r="E45">
-        <v>0</v>
+        <v>91093</v>
       </c>
       <c r="F45">
-        <v>0.0</v>
+        <v>2.49</v>
       </c>
       <c r="G45">
-        <v>0.0</v>
+        <v>2.33</v>
       </c>
       <c r="H45">
-        <v>0.0</v>
+        <v>220277.3</v>
       </c>
       <c r="I45">
-        <v>0</v>
+        <v>184</v>
       </c>
       <c r="J45">
-        <v>0.0</v>
+        <v>2.35</v>
       </c>
       <c r="K45" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="1">
         <v>46022.0</v>
       </c>
       <c r="C46">
-        <v>0.366</v>
+        <v>0.25</v>
       </c>
       <c r="D46">
-        <v>0.5495</v>
+        <v>0.0</v>
       </c>
       <c r="E46">
-        <v>2947</v>
+        <v>0</v>
       </c>
       <c r="F46">
-        <v>0.375</v>
+        <v>0.0</v>
       </c>
       <c r="G46">
-        <v>0.358</v>
+        <v>0.0</v>
       </c>
       <c r="H46">
-        <v>1068.84</v>
+        <v>0.0</v>
       </c>
       <c r="I46">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="J46">
-        <v>0.375</v>
+        <v>0.0</v>
       </c>
       <c r="K46" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="1">
         <v>46022.0</v>
       </c>
       <c r="C47">
-        <v>3.61</v>
+        <v>0.366</v>
       </c>
       <c r="D47">
-        <v>-0.8242</v>
+        <v>0.5495</v>
       </c>
       <c r="E47">
-        <v>8666</v>
+        <v>2947</v>
       </c>
       <c r="F47">
-        <v>3.69</v>
+        <v>0.375</v>
       </c>
       <c r="G47">
-        <v>3.54</v>
+        <v>0.358</v>
       </c>
       <c r="H47">
-        <v>31163.52</v>
+        <v>1068.84</v>
       </c>
       <c r="I47">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="J47">
-        <v>3.54</v>
+        <v>0.375</v>
       </c>
       <c r="K47" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="1">
         <v>46022.0</v>
       </c>
       <c r="C48">
-        <v>44.72</v>
+        <v>3.61</v>
       </c>
       <c r="D48">
-        <v>1.4519</v>
+        <v>-0.8242</v>
       </c>
       <c r="E48">
-        <v>9975</v>
+        <v>8666</v>
       </c>
       <c r="F48">
-        <v>44.72</v>
+        <v>3.69</v>
       </c>
       <c r="G48">
-        <v>44.12</v>
+        <v>3.54</v>
       </c>
       <c r="H48">
-        <v>443461.24</v>
+        <v>31163.52</v>
       </c>
       <c r="I48">
-        <v>105</v>
+        <v>58</v>
       </c>
       <c r="J48">
-        <v>44.22</v>
+        <v>3.54</v>
       </c>
       <c r="K48" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="1">
         <v>46022.0</v>
       </c>
       <c r="C49">
-        <v>3.76</v>
+        <v>44.72</v>
       </c>
       <c r="D49">
-        <v>1.0753</v>
+        <v>1.4519</v>
       </c>
       <c r="E49">
-        <v>45342</v>
+        <v>9975</v>
       </c>
       <c r="F49">
-        <v>3.805</v>
+        <v>44.72</v>
       </c>
       <c r="G49">
-        <v>3.65</v>
+        <v>44.12</v>
       </c>
       <c r="H49">
-        <v>170546.52</v>
+        <v>443461.24</v>
       </c>
       <c r="I49">
-        <v>174</v>
+        <v>105</v>
       </c>
       <c r="J49">
-        <v>3.72</v>
+        <v>44.22</v>
       </c>
       <c r="K49" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
         <v>107</v>
       </c>
       <c r="B50" s="1">
         <v>46022.0</v>
       </c>
       <c r="C50">
-        <v>5.25</v>
+        <v>3.76</v>
       </c>
       <c r="D50">
-        <v>0.0</v>
+        <v>1.0753</v>
       </c>
       <c r="E50">
-        <v>0</v>
+        <v>45342</v>
       </c>
       <c r="F50">
-        <v>0.0</v>
+        <v>3.805</v>
       </c>
       <c r="G50">
-        <v>0.0</v>
+        <v>3.65</v>
       </c>
       <c r="H50">
-        <v>0.0</v>
+        <v>170546.52</v>
       </c>
       <c r="I50">
-        <v>0</v>
+        <v>174</v>
       </c>
       <c r="J50">
-        <v>0.0</v>
+        <v>3.72</v>
       </c>
       <c r="K50" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
         <v>109</v>
       </c>
       <c r="B51" s="1">
         <v>46022.0</v>
       </c>
       <c r="C51">
-        <v>2.35</v>
+        <v>5.25</v>
       </c>
       <c r="D51">
-        <v>0.4274</v>
+        <v>0.0</v>
       </c>
       <c r="E51">
-        <v>9491</v>
+        <v>0</v>
       </c>
       <c r="F51">
-        <v>2.38</v>
+        <v>0.0</v>
       </c>
       <c r="G51">
-        <v>2.32</v>
+        <v>0.0</v>
       </c>
       <c r="H51">
-        <v>22358.32</v>
+        <v>0.0</v>
       </c>
       <c r="I51">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="J51">
-        <v>2.35</v>
+        <v>0.0</v>
       </c>
       <c r="K51" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="1">
         <v>46022.0</v>
       </c>
       <c r="C52">
-        <v>15.4</v>
+        <v>2.35</v>
       </c>
       <c r="D52">
-        <v>0.0</v>
+        <v>0.4274</v>
       </c>
       <c r="E52">
-        <v>1591</v>
+        <v>9491</v>
       </c>
       <c r="F52">
-        <v>15.45</v>
+        <v>2.38</v>
       </c>
       <c r="G52">
-        <v>15.35</v>
+        <v>2.32</v>
       </c>
       <c r="H52">
-        <v>24461.0</v>
+        <v>22358.32</v>
       </c>
       <c r="I52">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="J52">
-        <v>15.35</v>
+        <v>2.35</v>
       </c>
       <c r="K52" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
         <v>113</v>
       </c>
       <c r="B53" s="1">
         <v>46022.0</v>
       </c>
       <c r="C53">
-        <v>1.348</v>
+        <v>15.4</v>
       </c>
       <c r="D53">
-        <v>2.9008</v>
+        <v>0.0</v>
       </c>
       <c r="E53">
-        <v>384393</v>
+        <v>1591</v>
       </c>
       <c r="F53">
-        <v>1.358</v>
+        <v>15.45</v>
       </c>
       <c r="G53">
-        <v>1.304</v>
+        <v>15.35</v>
       </c>
       <c r="H53">
-        <v>516549.96</v>
+        <v>24461.0</v>
       </c>
       <c r="I53">
-        <v>401</v>
+        <v>29</v>
       </c>
       <c r="J53">
-        <v>1.304</v>
+        <v>15.35</v>
       </c>
       <c r="K53" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
         <v>115</v>
       </c>
       <c r="B54" s="1">
         <v>46022.0</v>
       </c>
       <c r="C54">
-        <v>8.36</v>
+        <v>1.348</v>
       </c>
       <c r="D54">
-        <v>-0.0598</v>
+        <v>2.9008</v>
       </c>
       <c r="E54">
-        <v>102119</v>
+        <v>384393</v>
       </c>
       <c r="F54">
-        <v>8.54</v>
+        <v>1.358</v>
       </c>
       <c r="G54">
-        <v>8.36</v>
+        <v>1.304</v>
       </c>
       <c r="H54">
-        <v>860956.49</v>
+        <v>516549.96</v>
       </c>
       <c r="I54">
-        <v>416</v>
+        <v>401</v>
       </c>
       <c r="J54">
-        <v>8.5</v>
+        <v>1.304</v>
       </c>
       <c r="K54" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="1">
         <v>46022.0</v>
       </c>
       <c r="C55">
-        <v>2.44</v>
+        <v>8.36</v>
       </c>
       <c r="D55">
-        <v>0.4115</v>
+        <v>-0.0598</v>
       </c>
       <c r="E55">
-        <v>2679</v>
+        <v>102119</v>
       </c>
       <c r="F55">
-        <v>2.47</v>
+        <v>8.54</v>
       </c>
       <c r="G55">
-        <v>2.42</v>
+        <v>8.36</v>
       </c>
       <c r="H55">
-        <v>6541.67</v>
+        <v>860956.49</v>
       </c>
       <c r="I55">
-        <v>26</v>
+        <v>416</v>
       </c>
       <c r="J55">
-        <v>2.43</v>
+        <v>8.5</v>
       </c>
       <c r="K55" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
         <v>119</v>
       </c>
       <c r="B56" s="1">
         <v>46022.0</v>
       </c>
       <c r="C56">
-        <v>2.12</v>
+        <v>2.44</v>
       </c>
       <c r="D56">
-        <v>1.4354</v>
+        <v>0.4115</v>
       </c>
       <c r="E56">
-        <v>38811</v>
+        <v>2679</v>
       </c>
       <c r="F56">
-        <v>2.13</v>
+        <v>2.47</v>
       </c>
       <c r="G56">
-        <v>2.09</v>
+        <v>2.42</v>
       </c>
       <c r="H56">
-        <v>82012.12</v>
+        <v>6541.67</v>
       </c>
       <c r="I56">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="J56">
-        <v>2.1</v>
+        <v>2.43</v>
       </c>
       <c r="K56" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
         <v>121</v>
       </c>
       <c r="B57" s="1">
         <v>46022.0</v>
       </c>
       <c r="C57">
-        <v>3.76</v>
+        <v>2.12</v>
       </c>
       <c r="D57">
-        <v>-0.2653</v>
+        <v>1.4354</v>
       </c>
       <c r="E57">
-        <v>93025</v>
+        <v>38811</v>
       </c>
       <c r="F57">
-        <v>3.835</v>
+        <v>2.13</v>
       </c>
       <c r="G57">
-        <v>3.76</v>
+        <v>2.09</v>
       </c>
       <c r="H57">
-        <v>353109.84</v>
+        <v>82012.12</v>
       </c>
       <c r="I57">
-        <v>242</v>
+        <v>73</v>
       </c>
       <c r="J57">
-        <v>3.77</v>
+        <v>2.1</v>
       </c>
       <c r="K57" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
         <v>123</v>
       </c>
       <c r="B58" s="1">
         <v>46022.0</v>
       </c>
       <c r="C58">
-        <v>0.132</v>
+        <v>3.76</v>
       </c>
       <c r="D58">
-        <v>0.0</v>
+        <v>-0.2653</v>
       </c>
       <c r="E58">
-        <v>0</v>
+        <v>93025</v>
       </c>
       <c r="F58">
-        <v>0.0</v>
+        <v>3.835</v>
       </c>
       <c r="G58">
-        <v>0.0</v>
+        <v>3.76</v>
       </c>
       <c r="H58">
-        <v>0.0</v>
+        <v>353109.84</v>
       </c>
       <c r="I58">
-        <v>0</v>
+        <v>242</v>
       </c>
       <c r="J58">
-        <v>0.0</v>
+        <v>3.77</v>
       </c>
       <c r="K58" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
         <v>125</v>
       </c>
       <c r="B59" s="1">
         <v>46022.0</v>
       </c>
       <c r="C59">
-        <v>13.0</v>
+        <v>0.132</v>
       </c>
       <c r="D59">
-        <v>-1.2908</v>
+        <v>0.0</v>
       </c>
       <c r="E59">
-        <v>975547</v>
+        <v>0</v>
       </c>
       <c r="F59">
-        <v>13.245</v>
+        <v>0.0</v>
       </c>
       <c r="G59">
-        <v>13.0</v>
+        <v>0.0</v>
       </c>
       <c r="H59">
-        <v>12748877.14</v>
+        <v>0.0</v>
       </c>
       <c r="I59">
-        <v>2742</v>
+        <v>0</v>
       </c>
       <c r="J59">
-        <v>13.15</v>
+        <v>0.0</v>
       </c>
       <c r="K59" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
         <v>127</v>
       </c>
       <c r="B60" s="1">
         <v>46022.0</v>
       </c>
       <c r="C60">
-        <v>3.89</v>
+        <v>13.0</v>
       </c>
       <c r="D60">
-        <v>-0.2564</v>
+        <v>-1.2908</v>
       </c>
       <c r="E60">
-        <v>83657</v>
+        <v>975547</v>
       </c>
       <c r="F60">
-        <v>4.05</v>
+        <v>13.245</v>
       </c>
       <c r="G60">
-        <v>3.86</v>
+        <v>13.0</v>
       </c>
       <c r="H60">
-        <v>332112.94</v>
+        <v>12748877.14</v>
       </c>
       <c r="I60">
-        <v>162</v>
+        <v>2742</v>
       </c>
       <c r="J60">
-        <v>3.89</v>
+        <v>13.15</v>
       </c>
       <c r="K60" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
         <v>129</v>
       </c>
       <c r="B61" s="1">
         <v>46022.0</v>
       </c>
       <c r="C61">
-        <v>7.86</v>
+        <v>3.89</v>
       </c>
       <c r="D61">
-        <v>0.8986</v>
+        <v>-0.2564</v>
       </c>
       <c r="E61">
-        <v>60303</v>
+        <v>83657</v>
       </c>
       <c r="F61">
-        <v>7.93</v>
+        <v>4.05</v>
       </c>
       <c r="G61">
-        <v>7.78</v>
+        <v>3.86</v>
       </c>
       <c r="H61">
-        <v>474539.7</v>
+        <v>332112.94</v>
       </c>
       <c r="I61">
-        <v>276</v>
+        <v>162</v>
       </c>
       <c r="J61">
-        <v>7.79</v>
+        <v>3.89</v>
       </c>
       <c r="K61" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
         <v>131</v>
       </c>
       <c r="B62" s="1">
         <v>46022.0</v>
       </c>
       <c r="C62">
-        <v>3.425</v>
+        <v>7.86</v>
       </c>
       <c r="D62">
-        <v>-2.0029</v>
+        <v>0.8986</v>
       </c>
       <c r="E62">
-        <v>5756580</v>
+        <v>60303</v>
       </c>
       <c r="F62">
-        <v>3.499</v>
+        <v>7.93</v>
       </c>
       <c r="G62">
-        <v>3.425</v>
+        <v>7.78</v>
       </c>
       <c r="H62">
-        <v>19847562.69</v>
+        <v>474539.7</v>
       </c>
       <c r="I62">
-        <v>2541</v>
+        <v>276</v>
       </c>
       <c r="J62">
-        <v>3.48</v>
+        <v>7.79</v>
       </c>
       <c r="K62" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
         <v>133</v>
       </c>
       <c r="B63" s="1">
         <v>46022.0</v>
       </c>
       <c r="C63">
-        <v>6.32</v>
+        <v>3.425</v>
       </c>
       <c r="D63">
-        <v>0.1585</v>
+        <v>-2.0029</v>
       </c>
       <c r="E63">
-        <v>30129</v>
+        <v>5756580</v>
       </c>
       <c r="F63">
-        <v>6.34</v>
+        <v>3.499</v>
       </c>
       <c r="G63">
-        <v>6.3</v>
+        <v>3.425</v>
       </c>
       <c r="H63">
-        <v>190447.73</v>
+        <v>19847562.69</v>
       </c>
       <c r="I63">
-        <v>101</v>
+        <v>2541</v>
       </c>
       <c r="J63">
-        <v>6.31</v>
+        <v>3.48</v>
       </c>
       <c r="K63" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
         <v>135</v>
       </c>
       <c r="B64" s="1">
         <v>46022.0</v>
       </c>
       <c r="C64">
-        <v>1.98</v>
+        <v>6.32</v>
       </c>
       <c r="D64">
-        <v>0.7634</v>
+        <v>0.1585</v>
       </c>
       <c r="E64">
-        <v>12233</v>
+        <v>30129</v>
       </c>
       <c r="F64">
-        <v>1.98</v>
+        <v>6.34</v>
       </c>
       <c r="G64">
-        <v>1.945</v>
+        <v>6.3</v>
       </c>
       <c r="H64">
-        <v>24015.17</v>
+        <v>190447.73</v>
       </c>
       <c r="I64">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="J64">
-        <v>1.96</v>
+        <v>6.31</v>
       </c>
       <c r="K64" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
         <v>137</v>
       </c>
       <c r="B65" s="1">
         <v>46022.0</v>
       </c>
       <c r="C65">
-        <v>0.4485</v>
+        <v>1.98</v>
       </c>
       <c r="D65">
-        <v>1.8161</v>
+        <v>0.7634</v>
       </c>
       <c r="E65">
-        <v>118866</v>
+        <v>12233</v>
       </c>
       <c r="F65">
-        <v>0.45</v>
+        <v>1.98</v>
       </c>
       <c r="G65">
-        <v>0.4375</v>
+        <v>1.945</v>
       </c>
       <c r="H65">
-        <v>52830.45</v>
+        <v>24015.17</v>
       </c>
       <c r="I65">
-        <v>176</v>
+        <v>46</v>
       </c>
       <c r="J65">
-        <v>0.4475</v>
+        <v>1.96</v>
       </c>
       <c r="K65" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
         <v>139</v>
       </c>
       <c r="B66" s="1">
         <v>46022.0</v>
       </c>
       <c r="C66">
-        <v>5.38</v>
+        <v>0.4485</v>
       </c>
       <c r="D66">
-        <v>0.7491</v>
+        <v>1.8161</v>
       </c>
       <c r="E66">
-        <v>9224</v>
+        <v>118866</v>
       </c>
       <c r="F66">
-        <v>5.4</v>
+        <v>0.45</v>
       </c>
       <c r="G66">
-        <v>5.24</v>
+        <v>0.4375</v>
       </c>
       <c r="H66">
-        <v>49491.82</v>
+        <v>52830.45</v>
       </c>
       <c r="I66">
-        <v>73</v>
+        <v>176</v>
       </c>
       <c r="J66">
-        <v>5.26</v>
+        <v>0.4475</v>
       </c>
       <c r="K66" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
         <v>141</v>
       </c>
       <c r="B67" s="1">
         <v>46022.0</v>
       </c>
       <c r="C67">
-        <v>6.24</v>
+        <v>5.38</v>
       </c>
       <c r="D67">
-        <v>0.6452</v>
+        <v>0.7491</v>
       </c>
       <c r="E67">
-        <v>12620</v>
+        <v>9224</v>
       </c>
       <c r="F67">
-        <v>6.26</v>
+        <v>5.4</v>
       </c>
       <c r="G67">
-        <v>6.18</v>
+        <v>5.24</v>
       </c>
       <c r="H67">
-        <v>78615.4</v>
+        <v>49491.82</v>
       </c>
       <c r="I67">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="J67">
-        <v>6.22</v>
+        <v>5.26</v>
       </c>
       <c r="K67" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
         <v>143</v>
       </c>
       <c r="B68" s="1">
         <v>46022.0</v>
       </c>
       <c r="C68">
-        <v>1.058</v>
+        <v>6.24</v>
       </c>
       <c r="D68">
-        <v>0.1894</v>
+        <v>0.6452</v>
       </c>
       <c r="E68">
-        <v>1647020</v>
+        <v>12620</v>
       </c>
       <c r="F68">
-        <v>1.06</v>
+        <v>6.26</v>
       </c>
       <c r="G68">
-        <v>1.052</v>
+        <v>6.18</v>
       </c>
       <c r="H68">
-        <v>1740486.24</v>
+        <v>78615.4</v>
       </c>
       <c r="I68">
-        <v>432</v>
+        <v>37</v>
       </c>
       <c r="J68">
-        <v>1.052</v>
+        <v>6.22</v>
       </c>
       <c r="K68" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
         <v>145</v>
       </c>
       <c r="B69" s="1">
         <v>46022.0</v>
       </c>
       <c r="C69">
         <v>6.29</v>
       </c>
       <c r="D69">
         <v>0.1592</v>
       </c>
       <c r="E69">
         <v>41778</v>
       </c>
       <c r="F69">
         <v>6.29</v>
       </c>
       <c r="G69">