--- v0 (2025-10-10)
+++ v1 (2026-01-05)
@@ -89,51 +89,51 @@
   <si>
     <t>GRS434003000</t>
   </si>
   <si>
     <t>FTSE</t>
   </si>
   <si>
     <t>FTSE/Athex Large Cap</t>
   </si>
   <si>
     <t>GRI99201A006</t>
   </si>
   <si>
     <t>OPAP</t>
   </si>
   <si>
     <t>GREEK ORGANISATION OF FOOTBALL PROGNOSTICS S.A.</t>
   </si>
   <si>
     <t>GRS419003009</t>
   </si>
   <si>
     <t>TPEIR</t>
   </si>
   <si>
-    <t>PIRAEUS FINANCIAL HOLDINGS S.A.</t>
+    <t>PIRAEUS BANK S.A.</t>
   </si>
   <si>
     <t>GRS014003032</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>