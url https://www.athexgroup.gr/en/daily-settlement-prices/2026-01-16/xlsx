--- v0 (2026-02-06)
+++ v1 (2026-03-09)
@@ -80,51 +80,51 @@
   <si>
     <t>GRS003003035</t>
   </si>
   <si>
     <t>PPC</t>
   </si>
   <si>
     <t>PUBLIC POWER CORPORATION SA</t>
   </si>
   <si>
     <t>GRS434003000</t>
   </si>
   <si>
     <t>FTSE</t>
   </si>
   <si>
     <t>FTSE/Athex Large Cap</t>
   </si>
   <si>
     <t>GRI99201A006</t>
   </si>
   <si>
     <t>OPAP</t>
   </si>
   <si>
-    <t>GREEK ORGANISATION OF FOOTBALL PROGNOSTICS S.A.</t>
+    <t>OPAP Holding Societe Anonyme</t>
   </si>
   <si>
     <t>GRS419003009</t>
   </si>
   <si>
     <t>TPEIR</t>
   </si>
   <si>
     <t>PIRAEUS BANK S.A.</t>
   </si>
   <si>
     <t>GRS831003009</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>