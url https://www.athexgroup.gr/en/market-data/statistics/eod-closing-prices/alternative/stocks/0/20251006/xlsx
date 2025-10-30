--- v0 (2025-10-10)
+++ v1 (2025-10-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Stocks Closing Prices" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>Symbol</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Change %</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Min</t>
   </si>
   <si>
     <t>Trade Value</t>
   </si>
   <si>
@@ -87,56 +87,50 @@
     <t>GRS531003002</t>
   </si>
   <si>
     <t>EX</t>
   </si>
   <si>
     <t>GRS501003008</t>
   </si>
   <si>
     <t>FOODL</t>
   </si>
   <si>
     <t>GRS510003015</t>
   </si>
   <si>
     <t>GCMEZZ</t>
   </si>
   <si>
     <t>CY0200252118</t>
   </si>
   <si>
     <t>MASTIHA</t>
   </si>
   <si>
     <t>GRS500003009</t>
-  </si>
-[...4 lines deleted...]
-    <t>GRS530003003</t>
   </si>
   <si>
     <t>OPTRON</t>
   </si>
   <si>
     <t>GRS506003003</t>
   </si>
   <si>
     <t>PVMEZZ</t>
   </si>
   <si>
     <t>CY0109561015</t>
   </si>
   <si>
     <t>SOFTWEB</t>
   </si>
   <si>
     <t>GRS538003005</t>
   </si>
   <si>
     <t>SUNMEZZ</t>
   </si>
   <si>
     <t>CY0200222111</t>
   </si>
@@ -473,54 +467,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K14"/>
+  <dimension ref="A1:K13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B14" sqref="B14"/>
+      <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -772,250 +766,215 @@
       </c>
       <c r="G8">
         <v>0.0</v>
       </c>
       <c r="H8">
         <v>0.0</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>0.0</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="1">
         <v>45936.0</v>
       </c>
       <c r="C9">
-        <v>2.12</v>
+        <v>2.26</v>
       </c>
       <c r="D9">
-        <v>-3.1963</v>
+        <v>0.0</v>
       </c>
       <c r="E9">
-        <v>50616</v>
+        <v>0</v>
       </c>
       <c r="F9">
-        <v>2.17</v>
+        <v>0.0</v>
       </c>
       <c r="G9">
-        <v>2.1</v>
+        <v>0.0</v>
       </c>
       <c r="H9">
-        <v>106711.74</v>
+        <v>0.0</v>
       </c>
       <c r="I9">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="J9">
-        <v>2.17</v>
+        <v>0.0</v>
       </c>
       <c r="K9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="1">
         <v>45936.0</v>
       </c>
       <c r="C10">
-        <v>2.26</v>
+        <v>0.0699</v>
       </c>
       <c r="D10">
-        <v>0.0</v>
+        <v>1.3043</v>
       </c>
       <c r="E10">
-        <v>0</v>
+        <v>902414</v>
       </c>
       <c r="F10">
-        <v>0.0</v>
+        <v>0.0699</v>
       </c>
       <c r="G10">
-        <v>0.0</v>
+        <v>0.067</v>
       </c>
       <c r="H10">
-        <v>0.0</v>
+        <v>61203.96</v>
       </c>
       <c r="I10">
-        <v>0</v>
+        <v>89</v>
       </c>
       <c r="J10">
-        <v>0.0</v>
+        <v>0.0692</v>
       </c>
       <c r="K10" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="1">
         <v>45936.0</v>
       </c>
       <c r="C11">
-        <v>0.0699</v>
+        <v>2.07</v>
       </c>
       <c r="D11">
-        <v>1.3043</v>
+        <v>0.0</v>
       </c>
       <c r="E11">
-        <v>902414</v>
+        <v>50</v>
       </c>
       <c r="F11">
-        <v>0.0699</v>
+        <v>2.09</v>
       </c>
       <c r="G11">
-        <v>0.067</v>
+        <v>2.09</v>
       </c>
       <c r="H11">
-        <v>61203.96</v>
+        <v>104.5</v>
       </c>
       <c r="I11">
-        <v>89</v>
+        <v>1</v>
       </c>
       <c r="J11">
-        <v>0.0692</v>
+        <v>2.09</v>
       </c>
       <c r="K11" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="1">
         <v>45936.0</v>
       </c>
       <c r="C12">
-        <v>2.07</v>
+        <v>0.2015</v>
       </c>
       <c r="D12">
-        <v>0.0</v>
+        <v>-1.467</v>
       </c>
       <c r="E12">
-        <v>50</v>
+        <v>38517</v>
       </c>
       <c r="F12">
-        <v>2.09</v>
+        <v>0.212</v>
       </c>
       <c r="G12">
-        <v>2.09</v>
+        <v>0.2005</v>
       </c>
       <c r="H12">
-        <v>104.5</v>
+        <v>7866.34</v>
       </c>
       <c r="I12">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="J12">
-        <v>2.09</v>
+        <v>0.2045</v>
       </c>
       <c r="K12" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="1">
         <v>45936.0</v>
       </c>
       <c r="C13">
-        <v>0.2015</v>
+        <v>5.2</v>
       </c>
       <c r="D13">
-        <v>-1.467</v>
+        <v>0.0</v>
       </c>
       <c r="E13">
-        <v>38517</v>
+        <v>0</v>
       </c>
       <c r="F13">
-        <v>0.212</v>
+        <v>0.0</v>
       </c>
       <c r="G13">
-        <v>0.2005</v>
+        <v>0.0</v>
       </c>
       <c r="H13">
-        <v>7866.34</v>
+        <v>0.0</v>
       </c>
       <c r="I13">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="J13">
-        <v>0.2045</v>
+        <v>0.0</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
-      </c>
-[...33 lines deleted...]
-        <v>36</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>