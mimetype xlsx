--- v0 (2025-10-10)
+++ v1 (2025-10-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Stocks Closing Prices" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
   <si>
     <t>Symbol</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Change %</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Min</t>
   </si>
   <si>
     <t>Trade Value</t>
   </si>
   <si>
@@ -651,50 +651,56 @@
     <t>GRS387503006</t>
   </si>
   <si>
     <t>NAYP</t>
   </si>
   <si>
     <t>GRS265003004</t>
   </si>
   <si>
     <t>NOVAL</t>
   </si>
   <si>
     <t>GRS824003008</t>
   </si>
   <si>
     <t>OLTH</t>
   </si>
   <si>
     <t>GRS427003009</t>
   </si>
   <si>
     <t>OLYMP</t>
   </si>
   <si>
     <t>GRS403003007</t>
+  </si>
+  <si>
+    <t>ONYX</t>
+  </si>
+  <si>
+    <t>GRS530003003</t>
   </si>
   <si>
     <t>OPAP</t>
   </si>
   <si>
     <t>GRS419003009</t>
   </si>
   <si>
     <t>OPTIMA</t>
   </si>
   <si>
     <t>GRS533003000</t>
   </si>
   <si>
     <t>ORILINA</t>
   </si>
   <si>
     <t>GRS535003008</t>
   </si>
   <si>
     <t>OTOEL</t>
   </si>
   <si>
     <t>GRS337003008</t>
   </si>
@@ -1217,54 +1223,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K138"/>
+  <dimension ref="A1:K139"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B138" sqref="B138"/>
+      <selection activeCell="B139" sqref="B139"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -4806,1300 +4812,1335 @@
       </c>
       <c r="G102">
         <v>2.39</v>
       </c>
       <c r="H102">
         <v>8043.58</v>
       </c>
       <c r="I102">
         <v>34</v>
       </c>
       <c r="J102">
         <v>2.42</v>
       </c>
       <c r="K102" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
         <v>213</v>
       </c>
       <c r="B103" s="1">
         <v>45932.0</v>
       </c>
       <c r="C103">
-        <v>20.24</v>
+        <v>2.19</v>
       </c>
       <c r="D103">
-        <v>2.7411</v>
+        <v>-2.2321</v>
       </c>
       <c r="E103">
-        <v>303454</v>
+        <v>35370</v>
       </c>
       <c r="F103">
-        <v>20.24</v>
+        <v>2.25</v>
       </c>
       <c r="G103">
-        <v>19.75</v>
+        <v>2.14</v>
       </c>
       <c r="H103">
-        <v>6089921.98</v>
+        <v>77099.9</v>
       </c>
       <c r="I103">
-        <v>1960</v>
+        <v>104</v>
       </c>
       <c r="J103">
-        <v>19.8</v>
+        <v>2.24</v>
       </c>
       <c r="K103" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
         <v>215</v>
       </c>
       <c r="B104" s="1">
         <v>45932.0</v>
       </c>
       <c r="C104">
-        <v>8.6</v>
+        <v>20.24</v>
       </c>
       <c r="D104">
-        <v>2.381</v>
+        <v>2.7411</v>
       </c>
       <c r="E104">
-        <v>395599</v>
+        <v>303454</v>
       </c>
       <c r="F104">
-        <v>8.63</v>
+        <v>20.24</v>
       </c>
       <c r="G104">
-        <v>8.43</v>
+        <v>19.75</v>
       </c>
       <c r="H104">
-        <v>3397097.96</v>
+        <v>6089921.98</v>
       </c>
       <c r="I104">
-        <v>1128</v>
+        <v>1960</v>
       </c>
       <c r="J104">
-        <v>8.44</v>
+        <v>19.8</v>
       </c>
       <c r="K104" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
         <v>217</v>
       </c>
       <c r="B105" s="1">
         <v>45932.0</v>
       </c>
       <c r="C105">
-        <v>0.812</v>
+        <v>8.6</v>
       </c>
       <c r="D105">
-        <v>0.0</v>
+        <v>2.381</v>
       </c>
       <c r="E105">
-        <v>23671</v>
+        <v>395599</v>
       </c>
       <c r="F105">
-        <v>0.814</v>
+        <v>8.63</v>
       </c>
       <c r="G105">
-        <v>0.802</v>
+        <v>8.43</v>
       </c>
       <c r="H105">
-        <v>19172.29</v>
+        <v>3397097.96</v>
       </c>
       <c r="I105">
-        <v>33</v>
+        <v>1128</v>
       </c>
       <c r="J105">
-        <v>0.812</v>
+        <v>8.44</v>
       </c>
       <c r="K105" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
         <v>219</v>
       </c>
       <c r="B106" s="1">
         <v>45932.0</v>
       </c>
       <c r="C106">
-        <v>11.28</v>
+        <v>0.812</v>
       </c>
       <c r="D106">
-        <v>-1.3986</v>
+        <v>0.0</v>
       </c>
       <c r="E106">
-        <v>48163</v>
+        <v>23671</v>
       </c>
       <c r="F106">
-        <v>11.44</v>
+        <v>0.814</v>
       </c>
       <c r="G106">
-        <v>11.28</v>
+        <v>0.802</v>
       </c>
       <c r="H106">
-        <v>546142.14</v>
+        <v>19172.29</v>
       </c>
       <c r="I106">
-        <v>196</v>
+        <v>33</v>
       </c>
       <c r="J106">
-        <v>11.44</v>
+        <v>0.812</v>
       </c>
       <c r="K106" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
         <v>221</v>
       </c>
       <c r="B107" s="1">
         <v>45932.0</v>
       </c>
       <c r="C107">
-        <v>0.98</v>
+        <v>11.28</v>
       </c>
       <c r="D107">
-        <v>-1.4085</v>
+        <v>-1.3986</v>
       </c>
       <c r="E107">
-        <v>7100</v>
+        <v>48163</v>
       </c>
       <c r="F107">
-        <v>1.035</v>
+        <v>11.44</v>
       </c>
       <c r="G107">
-        <v>0.942</v>
+        <v>11.28</v>
       </c>
       <c r="H107">
-        <v>6908.53</v>
+        <v>546142.14</v>
       </c>
       <c r="I107">
-        <v>12</v>
+        <v>196</v>
       </c>
       <c r="J107">
-        <v>0.95</v>
+        <v>11.44</v>
       </c>
       <c r="K107" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
         <v>223</v>
       </c>
       <c r="B108" s="1">
         <v>45932.0</v>
       </c>
       <c r="C108">
-        <v>2.94</v>
+        <v>0.98</v>
       </c>
       <c r="D108">
-        <v>1.0309</v>
+        <v>-1.4085</v>
       </c>
       <c r="E108">
-        <v>29130</v>
+        <v>7100</v>
       </c>
       <c r="F108">
-        <v>2.94</v>
+        <v>1.035</v>
       </c>
       <c r="G108">
-        <v>2.87</v>
+        <v>0.942</v>
       </c>
       <c r="H108">
-        <v>85353.18</v>
+        <v>6908.53</v>
       </c>
       <c r="I108">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="J108">
-        <v>2.87</v>
+        <v>0.95</v>
       </c>
       <c r="K108" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
         <v>225</v>
       </c>
       <c r="B109" s="1">
         <v>45932.0</v>
       </c>
       <c r="C109">
-        <v>6.13</v>
+        <v>2.94</v>
       </c>
       <c r="D109">
-        <v>-1.129</v>
+        <v>1.0309</v>
       </c>
       <c r="E109">
-        <v>11545</v>
+        <v>29130</v>
       </c>
       <c r="F109">
-        <v>6.23</v>
+        <v>2.94</v>
       </c>
       <c r="G109">
-        <v>6.13</v>
+        <v>2.87</v>
       </c>
       <c r="H109">
-        <v>71217.91</v>
+        <v>85353.18</v>
       </c>
       <c r="I109">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="J109">
-        <v>6.2</v>
+        <v>2.87</v>
       </c>
       <c r="K109" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
         <v>227</v>
       </c>
       <c r="B110" s="1">
         <v>45932.0</v>
       </c>
       <c r="C110">
-        <v>9.06</v>
+        <v>6.13</v>
       </c>
       <c r="D110">
-        <v>0.0</v>
+        <v>-1.129</v>
       </c>
       <c r="E110">
-        <v>5795</v>
+        <v>11545</v>
       </c>
       <c r="F110">
-        <v>9.08</v>
+        <v>6.23</v>
       </c>
       <c r="G110">
-        <v>8.94</v>
+        <v>6.13</v>
       </c>
       <c r="H110">
-        <v>52419.7</v>
+        <v>71217.91</v>
       </c>
       <c r="I110">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="J110">
-        <v>9.08</v>
+        <v>6.2</v>
       </c>
       <c r="K110" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
         <v>229</v>
       </c>
       <c r="B111" s="1">
         <v>45932.0</v>
       </c>
       <c r="C111">
-        <v>15.5</v>
+        <v>9.06</v>
       </c>
       <c r="D111">
         <v>0.0</v>
       </c>
       <c r="E111">
-        <v>35</v>
+        <v>5795</v>
       </c>
       <c r="F111">
-        <v>15.5</v>
+        <v>9.08</v>
       </c>
       <c r="G111">
-        <v>15.5</v>
+        <v>8.94</v>
       </c>
       <c r="H111">
-        <v>542.5</v>
+        <v>52419.7</v>
       </c>
       <c r="I111">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="J111">
-        <v>15.5</v>
+        <v>9.08</v>
       </c>
       <c r="K111" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
         <v>231</v>
       </c>
       <c r="B112" s="1">
         <v>45932.0</v>
       </c>
       <c r="C112">
-        <v>4.02</v>
+        <v>15.5</v>
       </c>
       <c r="D112">
-        <v>1.005</v>
+        <v>0.0</v>
       </c>
       <c r="E112">
-        <v>33432</v>
+        <v>35</v>
       </c>
       <c r="F112">
-        <v>4.03</v>
+        <v>15.5</v>
       </c>
       <c r="G112">
-        <v>3.975</v>
+        <v>15.5</v>
       </c>
       <c r="H112">
-        <v>133641.34</v>
+        <v>542.5</v>
       </c>
       <c r="I112">
-        <v>141</v>
+        <v>1</v>
       </c>
       <c r="J112">
-        <v>4.0</v>
+        <v>15.5</v>
       </c>
       <c r="K112" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
         <v>233</v>
       </c>
       <c r="B113" s="1">
         <v>45932.0</v>
       </c>
       <c r="C113">
-        <v>43.6</v>
+        <v>4.02</v>
       </c>
       <c r="D113">
-        <v>-2.5698</v>
+        <v>1.005</v>
       </c>
       <c r="E113">
-        <v>6980</v>
+        <v>33432</v>
       </c>
       <c r="F113">
-        <v>45.1</v>
+        <v>4.03</v>
       </c>
       <c r="G113">
-        <v>43.6</v>
+        <v>3.975</v>
       </c>
       <c r="H113">
-        <v>309938.35</v>
+        <v>133641.34</v>
       </c>
       <c r="I113">
-        <v>194</v>
+        <v>141</v>
       </c>
       <c r="J113">
-        <v>44.75</v>
+        <v>4.0</v>
       </c>
       <c r="K113" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
         <v>235</v>
       </c>
       <c r="B114" s="1">
         <v>45932.0</v>
       </c>
       <c r="C114">
-        <v>14.24</v>
+        <v>43.6</v>
       </c>
       <c r="D114">
-        <v>-1.1111</v>
+        <v>-2.5698</v>
       </c>
       <c r="E114">
-        <v>294632</v>
+        <v>6980</v>
       </c>
       <c r="F114">
-        <v>14.5</v>
+        <v>45.1</v>
       </c>
       <c r="G114">
-        <v>14.24</v>
+        <v>43.6</v>
       </c>
       <c r="H114">
-        <v>4237826.64</v>
+        <v>309938.35</v>
       </c>
       <c r="I114">
-        <v>1661</v>
+        <v>194</v>
       </c>
       <c r="J114">
-        <v>14.4</v>
+        <v>44.75</v>
       </c>
       <c r="K114" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
         <v>237</v>
       </c>
       <c r="B115" s="1">
         <v>45932.0</v>
       </c>
       <c r="C115">
-        <v>0.51</v>
+        <v>14.24</v>
       </c>
       <c r="D115">
-        <v>-0.9709</v>
+        <v>-1.1111</v>
       </c>
       <c r="E115">
-        <v>89705</v>
+        <v>294632</v>
       </c>
       <c r="F115">
-        <v>0.53</v>
+        <v>14.5</v>
       </c>
       <c r="G115">
-        <v>0.486</v>
+        <v>14.24</v>
       </c>
       <c r="H115">
-        <v>46091.07</v>
+        <v>4237826.64</v>
       </c>
       <c r="I115">
-        <v>90</v>
+        <v>1661</v>
       </c>
       <c r="J115">
-        <v>0.486</v>
+        <v>14.4</v>
       </c>
       <c r="K115" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
         <v>239</v>
       </c>
       <c r="B116" s="1">
         <v>45932.0</v>
       </c>
       <c r="C116">
-        <v>1.362</v>
+        <v>0.51</v>
       </c>
       <c r="D116">
-        <v>-0.8734</v>
+        <v>-0.9709</v>
       </c>
       <c r="E116">
-        <v>115476</v>
+        <v>89705</v>
       </c>
       <c r="F116">
-        <v>1.378</v>
+        <v>0.53</v>
       </c>
       <c r="G116">
-        <v>1.356</v>
+        <v>0.486</v>
       </c>
       <c r="H116">
-        <v>157311.37</v>
+        <v>46091.07</v>
       </c>
       <c r="I116">
-        <v>225</v>
+        <v>90</v>
       </c>
       <c r="J116">
-        <v>1.374</v>
+        <v>0.486</v>
       </c>
       <c r="K116" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
         <v>241</v>
       </c>
       <c r="B117" s="1">
         <v>45932.0</v>
       </c>
       <c r="C117">
-        <v>6.0</v>
+        <v>1.362</v>
       </c>
       <c r="D117">
-        <v>0.0</v>
+        <v>-0.8734</v>
       </c>
       <c r="E117">
-        <v>39</v>
+        <v>115476</v>
       </c>
       <c r="F117">
-        <v>6.05</v>
+        <v>1.378</v>
       </c>
       <c r="G117">
-        <v>5.9</v>
+        <v>1.356</v>
       </c>
       <c r="H117">
-        <v>231.6</v>
+        <v>157311.37</v>
       </c>
       <c r="I117">
-        <v>2</v>
+        <v>225</v>
       </c>
       <c r="J117">
-        <v>6.05</v>
+        <v>1.374</v>
       </c>
       <c r="K117" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
         <v>243</v>
       </c>
       <c r="B118" s="1">
         <v>45932.0</v>
       </c>
       <c r="C118">
-        <v>7.07</v>
+        <v>6.0</v>
       </c>
       <c r="D118">
-        <v>-0.9804</v>
+        <v>0.0</v>
       </c>
       <c r="E118">
-        <v>37881</v>
+        <v>39</v>
       </c>
       <c r="F118">
-        <v>7.2</v>
+        <v>6.05</v>
       </c>
       <c r="G118">
-        <v>7.02</v>
+        <v>5.9</v>
       </c>
       <c r="H118">
-        <v>269733.19</v>
+        <v>231.6</v>
       </c>
       <c r="I118">
-        <v>134</v>
+        <v>2</v>
       </c>
       <c r="J118">
-        <v>7.18</v>
+        <v>6.05</v>
       </c>
       <c r="K118" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s">
         <v>245</v>
       </c>
       <c r="B119" s="1">
         <v>45932.0</v>
       </c>
       <c r="C119">
-        <v>1.315</v>
+        <v>7.07</v>
       </c>
       <c r="D119">
-        <v>2.3346</v>
+        <v>-0.9804</v>
       </c>
       <c r="E119">
-        <v>7203</v>
+        <v>37881</v>
       </c>
       <c r="F119">
-        <v>1.315</v>
+        <v>7.2</v>
       </c>
       <c r="G119">
-        <v>1.265</v>
+        <v>7.02</v>
       </c>
       <c r="H119">
-        <v>9301.55</v>
+        <v>269733.19</v>
       </c>
       <c r="I119">
-        <v>28</v>
+        <v>134</v>
       </c>
       <c r="J119">
-        <v>1.285</v>
+        <v>7.18</v>
       </c>
       <c r="K119" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s">
         <v>247</v>
       </c>
       <c r="B120" s="1">
         <v>45932.0</v>
       </c>
       <c r="C120">
-        <v>5.37</v>
+        <v>1.315</v>
       </c>
       <c r="D120">
-        <v>1.3208</v>
+        <v>2.3346</v>
       </c>
       <c r="E120">
-        <v>61873</v>
+        <v>7203</v>
       </c>
       <c r="F120">
-        <v>5.39</v>
+        <v>1.315</v>
       </c>
       <c r="G120">
-        <v>5.275</v>
+        <v>1.265</v>
       </c>
       <c r="H120">
-        <v>329617.29</v>
+        <v>9301.55</v>
       </c>
       <c r="I120">
-        <v>202</v>
+        <v>28</v>
       </c>
       <c r="J120">
-        <v>5.38</v>
+        <v>1.285</v>
       </c>
       <c r="K120" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s">
         <v>249</v>
       </c>
       <c r="B121" s="1">
         <v>45932.0</v>
       </c>
       <c r="C121">
-        <v>1.452</v>
+        <v>5.37</v>
       </c>
       <c r="D121">
-        <v>-1.2245</v>
+        <v>1.3208</v>
       </c>
       <c r="E121">
-        <v>111869</v>
+        <v>61873</v>
       </c>
       <c r="F121">
-        <v>1.49</v>
+        <v>5.39</v>
       </c>
       <c r="G121">
-        <v>1.452</v>
+        <v>5.275</v>
       </c>
       <c r="H121">
-        <v>165009.0</v>
+        <v>329617.29</v>
       </c>
       <c r="I121">
-        <v>123</v>
+        <v>202</v>
       </c>
       <c r="J121">
-        <v>1.47</v>
+        <v>5.38</v>
       </c>
       <c r="K121" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" t="s">
         <v>251</v>
       </c>
       <c r="B122" s="1">
         <v>45932.0</v>
       </c>
       <c r="C122">
-        <v>7.23</v>
+        <v>1.452</v>
       </c>
       <c r="D122">
-        <v>-0.1381</v>
+        <v>-1.2245</v>
       </c>
       <c r="E122">
-        <v>15619</v>
+        <v>111869</v>
       </c>
       <c r="F122">
-        <v>7.35</v>
+        <v>1.49</v>
       </c>
       <c r="G122">
-        <v>7.09</v>
+        <v>1.452</v>
       </c>
       <c r="H122">
-        <v>113589.28</v>
+        <v>165009.0</v>
       </c>
       <c r="I122">
-        <v>64</v>
+        <v>123</v>
       </c>
       <c r="J122">
-        <v>7.09</v>
+        <v>1.47</v>
       </c>
       <c r="K122" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s">
         <v>253</v>
       </c>
       <c r="B123" s="1">
         <v>45932.0</v>
       </c>
       <c r="C123">
-        <v>5.1</v>
+        <v>7.23</v>
       </c>
       <c r="D123">
-        <v>-0.3906</v>
+        <v>-0.1381</v>
       </c>
       <c r="E123">
-        <v>13718</v>
+        <v>15619</v>
       </c>
       <c r="F123">
-        <v>5.18</v>
+        <v>7.35</v>
       </c>
       <c r="G123">
-        <v>5.02</v>
+        <v>7.09</v>
       </c>
       <c r="H123">
-        <v>69763.0</v>
+        <v>113589.28</v>
       </c>
       <c r="I123">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="J123">
-        <v>5.18</v>
+        <v>7.09</v>
       </c>
       <c r="K123" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s">
         <v>255</v>
       </c>
       <c r="B124" s="1">
         <v>45932.0</v>
       </c>
       <c r="C124">
-        <v>1.705</v>
+        <v>5.1</v>
       </c>
       <c r="D124">
-        <v>-1.4451</v>
+        <v>-0.3906</v>
       </c>
       <c r="E124">
-        <v>10712</v>
+        <v>13718</v>
       </c>
       <c r="F124">
-        <v>1.73</v>
+        <v>5.18</v>
       </c>
       <c r="G124">
-        <v>1.68</v>
+        <v>5.02</v>
       </c>
       <c r="H124">
-        <v>18220.12</v>
+        <v>69763.0</v>
       </c>
       <c r="I124">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="J124">
-        <v>1.73</v>
+        <v>5.18</v>
       </c>
       <c r="K124" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s">
         <v>257</v>
       </c>
       <c r="B125" s="1">
         <v>45932.0</v>
       </c>
       <c r="C125">
-        <v>13.08</v>
+        <v>1.705</v>
       </c>
       <c r="D125">
-        <v>1.3953</v>
+        <v>-1.4451</v>
       </c>
       <c r="E125">
-        <v>66112</v>
+        <v>10712</v>
       </c>
       <c r="F125">
-        <v>13.14</v>
+        <v>1.73</v>
       </c>
       <c r="G125">
-        <v>12.98</v>
+        <v>1.68</v>
       </c>
       <c r="H125">
-        <v>864111.64</v>
+        <v>18220.12</v>
       </c>
       <c r="I125">
-        <v>468</v>
+        <v>41</v>
       </c>
       <c r="J125">
-        <v>13.14</v>
+        <v>1.73</v>
       </c>
       <c r="K125" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s">
         <v>259</v>
       </c>
       <c r="B126" s="1">
         <v>45932.0</v>
       </c>
       <c r="C126">
-        <v>1.675</v>
+        <v>13.08</v>
       </c>
       <c r="D126">
-        <v>1.2085</v>
+        <v>1.3953</v>
       </c>
       <c r="E126">
-        <v>630</v>
+        <v>66112</v>
       </c>
       <c r="F126">
-        <v>1.685</v>
+        <v>13.14</v>
       </c>
       <c r="G126">
-        <v>1.665</v>
+        <v>12.98</v>
       </c>
       <c r="H126">
-        <v>1054.91</v>
+        <v>864111.64</v>
       </c>
       <c r="I126">
-        <v>10</v>
+        <v>468</v>
       </c>
       <c r="J126">
-        <v>1.68</v>
+        <v>13.14</v>
       </c>
       <c r="K126" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s">
         <v>261</v>
       </c>
       <c r="B127" s="1">
         <v>45932.0</v>
       </c>
       <c r="C127">
-        <v>7.88</v>
+        <v>1.675</v>
       </c>
       <c r="D127">
-        <v>0.2545</v>
+        <v>1.2085</v>
       </c>
       <c r="E127">
-        <v>12567</v>
+        <v>630</v>
       </c>
       <c r="F127">
-        <v>8.18</v>
+        <v>1.685</v>
       </c>
       <c r="G127">
-        <v>7.76</v>
+        <v>1.665</v>
       </c>
       <c r="H127">
-        <v>100412.4</v>
+        <v>1054.91</v>
       </c>
       <c r="I127">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="J127">
-        <v>8.0</v>
+        <v>1.68</v>
       </c>
       <c r="K127" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s">
         <v>263</v>
       </c>
       <c r="B128" s="1">
         <v>45932.0</v>
       </c>
       <c r="C128">
-        <v>0.138</v>
+        <v>7.88</v>
       </c>
       <c r="D128">
-        <v>0.0</v>
+        <v>0.2545</v>
       </c>
       <c r="E128">
-        <v>0</v>
+        <v>12567</v>
       </c>
       <c r="F128">
-        <v>0.0</v>
+        <v>8.18</v>
       </c>
       <c r="G128">
-        <v>0.0</v>
+        <v>7.76</v>
       </c>
       <c r="H128">
-        <v>0.0</v>
+        <v>100412.4</v>
       </c>
       <c r="I128">
-        <v>0</v>
+        <v>97</v>
       </c>
       <c r="J128">
-        <v>0.0</v>
+        <v>8.0</v>
       </c>
       <c r="K128" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s">
         <v>265</v>
       </c>
       <c r="B129" s="1">
         <v>45932.0</v>
       </c>
       <c r="C129">
-        <v>15.0</v>
+        <v>0.138</v>
       </c>
       <c r="D129">
-        <v>-0.6623</v>
+        <v>0.0</v>
       </c>
       <c r="E129">
-        <v>4695</v>
+        <v>0</v>
       </c>
       <c r="F129">
-        <v>15.1</v>
+        <v>0.0</v>
       </c>
       <c r="G129">
-        <v>15.0</v>
+        <v>0.0</v>
       </c>
       <c r="H129">
-        <v>70668.35</v>
+        <v>0.0</v>
       </c>
       <c r="I129">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="J129">
-        <v>15.1</v>
+        <v>0.0</v>
       </c>
       <c r="K129" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s">
         <v>267</v>
       </c>
       <c r="B130" s="1">
         <v>45932.0</v>
       </c>
       <c r="C130">
-        <v>35.9</v>
+        <v>15.0</v>
       </c>
       <c r="D130">
-        <v>3.9074</v>
+        <v>-0.6623</v>
       </c>
       <c r="E130">
-        <v>147810</v>
+        <v>4695</v>
       </c>
       <c r="F130">
-        <v>35.9</v>
+        <v>15.1</v>
       </c>
       <c r="G130">
-        <v>34.6</v>
+        <v>15.0</v>
       </c>
       <c r="H130">
-        <v>5246401.95</v>
+        <v>70668.35</v>
       </c>
       <c r="I130">
-        <v>1087</v>
+        <v>24</v>
       </c>
       <c r="J130">
-        <v>34.65</v>
+        <v>15.1</v>
       </c>
       <c r="K130" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" t="s">
         <v>269</v>
       </c>
       <c r="B131" s="1">
         <v>45932.0</v>
       </c>
       <c r="C131">
-        <v>7.34</v>
+        <v>35.9</v>
       </c>
       <c r="D131">
-        <v>-1.4765</v>
+        <v>3.9074</v>
       </c>
       <c r="E131">
-        <v>2650218</v>
+        <v>147810</v>
       </c>
       <c r="F131">
-        <v>7.49</v>
+        <v>35.9</v>
       </c>
       <c r="G131">
-        <v>7.334</v>
+        <v>34.6</v>
       </c>
       <c r="H131">
-        <v>19580574.16</v>
+        <v>5246401.95</v>
       </c>
       <c r="I131">
-        <v>3982</v>
+        <v>1087</v>
       </c>
       <c r="J131">
-        <v>7.44</v>
+        <v>34.65</v>
       </c>
       <c r="K131" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" t="s">
         <v>271</v>
       </c>
       <c r="B132" s="1">
         <v>45932.0</v>
       </c>
       <c r="C132">
-        <v>1.29</v>
+        <v>7.34</v>
       </c>
       <c r="D132">
-        <v>0.7813</v>
+        <v>-1.4765</v>
       </c>
       <c r="E132">
-        <v>690</v>
+        <v>2650218</v>
       </c>
       <c r="F132">
-        <v>1.3</v>
+        <v>7.49</v>
       </c>
       <c r="G132">
-        <v>1.27</v>
+        <v>7.334</v>
       </c>
       <c r="H132">
-        <v>891.09</v>
+        <v>19580574.16</v>
       </c>
       <c r="I132">
-        <v>9</v>
+        <v>3982</v>
       </c>
       <c r="J132">
-        <v>1.28</v>
+        <v>7.44</v>
       </c>
       <c r="K132" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s">
         <v>273</v>
       </c>
       <c r="B133" s="1">
         <v>45932.0</v>
       </c>
       <c r="C133">
-        <v>1.815</v>
+        <v>1.29</v>
       </c>
       <c r="D133">
-        <v>0.0</v>
+        <v>0.7813</v>
       </c>
       <c r="E133">
-        <v>56358</v>
+        <v>690</v>
       </c>
       <c r="F133">
-        <v>1.82</v>
+        <v>1.3</v>
       </c>
       <c r="G133">
-        <v>1.8</v>
+        <v>1.27</v>
       </c>
       <c r="H133">
-        <v>102194.98</v>
+        <v>891.09</v>
       </c>
       <c r="I133">
-        <v>73</v>
+        <v>9</v>
       </c>
       <c r="J133">
-        <v>1.81</v>
+        <v>1.28</v>
       </c>
       <c r="K133" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" t="s">
         <v>275</v>
       </c>
       <c r="B134" s="1">
         <v>45932.0</v>
       </c>
       <c r="C134">
-        <v>7.69</v>
+        <v>1.815</v>
       </c>
       <c r="D134">
-        <v>3.3602</v>
+        <v>0.0</v>
       </c>
       <c r="E134">
-        <v>216192</v>
+        <v>56358</v>
       </c>
       <c r="F134">
-        <v>7.69</v>
+        <v>1.82</v>
       </c>
       <c r="G134">
-        <v>7.42</v>
+        <v>1.8</v>
       </c>
       <c r="H134">
-        <v>1641866.11</v>
+        <v>102194.98</v>
       </c>
       <c r="I134">
-        <v>768</v>
+        <v>73</v>
       </c>
       <c r="J134">
-        <v>7.42</v>
+        <v>1.81</v>
       </c>
       <c r="K134" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" t="s">
         <v>277</v>
       </c>
       <c r="B135" s="1">
         <v>45932.0</v>
       </c>
       <c r="C135">
-        <v>2.3</v>
+        <v>7.69</v>
       </c>
       <c r="D135">
-        <v>-0.8621</v>
+        <v>3.3602</v>
       </c>
       <c r="E135">
-        <v>1182</v>
+        <v>216192</v>
       </c>
       <c r="F135">
-        <v>2.34</v>
+        <v>7.69</v>
       </c>
       <c r="G135">
-        <v>2.28</v>
+        <v>7.42</v>
       </c>
       <c r="H135">
-        <v>2723.6</v>
+        <v>1641866.11</v>
       </c>
       <c r="I135">
-        <v>13</v>
+        <v>768</v>
       </c>
       <c r="J135">
-        <v>2.32</v>
+        <v>7.42</v>
       </c>
       <c r="K135" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" t="s">
         <v>279</v>
       </c>
       <c r="B136" s="1">
         <v>45932.0</v>
       </c>
       <c r="C136">
-        <v>0.264</v>
+        <v>2.3</v>
       </c>
       <c r="D136">
-        <v>1.9305</v>
+        <v>-0.8621</v>
       </c>
       <c r="E136">
-        <v>26205</v>
+        <v>1182</v>
       </c>
       <c r="F136">
-        <v>0.265</v>
+        <v>2.34</v>
       </c>
       <c r="G136">
-        <v>0.259</v>
+        <v>2.28</v>
       </c>
       <c r="H136">
-        <v>6910.03</v>
+        <v>2723.6</v>
       </c>
       <c r="I136">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="J136">
-        <v>0.259</v>
+        <v>2.32</v>
       </c>
       <c r="K136" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" t="s">
         <v>281</v>
       </c>
       <c r="B137" s="1">
         <v>45932.0</v>
       </c>
       <c r="C137">
-        <v>0.464</v>
+        <v>0.264</v>
       </c>
       <c r="D137">
-        <v>0.0</v>
+        <v>1.9305</v>
       </c>
       <c r="E137">
-        <v>687</v>
+        <v>26205</v>
       </c>
       <c r="F137">
-        <v>0.464</v>
+        <v>0.265</v>
       </c>
       <c r="G137">
-        <v>0.418</v>
+        <v>0.259</v>
       </c>
       <c r="H137">
-        <v>288.87</v>
+        <v>6910.03</v>
       </c>
       <c r="I137">
-        <v>3</v>
+        <v>41</v>
       </c>
       <c r="J137">
-        <v>0.418</v>
+        <v>0.259</v>
       </c>
       <c r="K137" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" t="s">
         <v>283</v>
       </c>
       <c r="B138" s="1">
         <v>45932.0</v>
       </c>
       <c r="C138">
-        <v>0.16</v>
+        <v>0.464</v>
       </c>
       <c r="D138">
         <v>0.0</v>
       </c>
       <c r="E138">
-        <v>0</v>
+        <v>687</v>
       </c>
       <c r="F138">
-        <v>0.0</v>
+        <v>0.464</v>
       </c>
       <c r="G138">
-        <v>0.0</v>
+        <v>0.418</v>
       </c>
       <c r="H138">
-        <v>0.0</v>
+        <v>288.87</v>
       </c>
       <c r="I138">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J138">
-        <v>0.0</v>
+        <v>0.418</v>
       </c>
       <c r="K138" t="s">
         <v>284</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11">
+      <c r="A139" t="s">
+        <v>285</v>
+      </c>
+      <c r="B139" s="1">
+        <v>45932.0</v>
+      </c>
+      <c r="C139">
+        <v>0.16</v>
+      </c>
+      <c r="D139">
+        <v>0.0</v>
+      </c>
+      <c r="E139">
+        <v>0</v>
+      </c>
+      <c r="F139">
+        <v>0.0</v>
+      </c>
+      <c r="G139">
+        <v>0.0</v>
+      </c>
+      <c r="H139">
+        <v>0.0</v>
+      </c>
+      <c r="I139">
+        <v>0</v>
+      </c>
+      <c r="J139">
+        <v>0.0</v>
+      </c>
+      <c r="K139" t="s">
+        <v>286</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>