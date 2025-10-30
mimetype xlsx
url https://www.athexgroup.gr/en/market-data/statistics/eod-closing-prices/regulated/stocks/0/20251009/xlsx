--- v0 (2025-10-10)
+++ v1 (2025-10-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Stocks Closing Prices" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
   <si>
     <t>Symbol</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Change %</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Min</t>
   </si>
   <si>
     <t>Trade Value</t>
   </si>
   <si>
@@ -651,50 +651,56 @@
     <t>GRS387503006</t>
   </si>
   <si>
     <t>NAYP</t>
   </si>
   <si>
     <t>GRS265003004</t>
   </si>
   <si>
     <t>NOVAL</t>
   </si>
   <si>
     <t>GRS824003008</t>
   </si>
   <si>
     <t>OLTH</t>
   </si>
   <si>
     <t>GRS427003009</t>
   </si>
   <si>
     <t>OLYMP</t>
   </si>
   <si>
     <t>GRS403003007</t>
+  </si>
+  <si>
+    <t>ONYX</t>
+  </si>
+  <si>
+    <t>GRS530003003</t>
   </si>
   <si>
     <t>OPAP</t>
   </si>
   <si>
     <t>GRS419003009</t>
   </si>
   <si>
     <t>OPTIMA</t>
   </si>
   <si>
     <t>GRS533003000</t>
   </si>
   <si>
     <t>ORILINA</t>
   </si>
   <si>
     <t>GRS535003008</t>
   </si>
   <si>
     <t>OTOEL</t>
   </si>
   <si>
     <t>GRS337003008</t>
   </si>
@@ -1217,54 +1223,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K138"/>
+  <dimension ref="A1:K139"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B138" sqref="B138"/>
+      <selection activeCell="B139" sqref="B139"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -4806,1300 +4812,1335 @@
       </c>
       <c r="G102">
         <v>2.38</v>
       </c>
       <c r="H102">
         <v>43105.87</v>
       </c>
       <c r="I102">
         <v>51</v>
       </c>
       <c r="J102">
         <v>2.39</v>
       </c>
       <c r="K102" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
         <v>213</v>
       </c>
       <c r="B103" s="1">
         <v>45939.0</v>
       </c>
       <c r="C103">
-        <v>20.02</v>
+        <v>2.47</v>
       </c>
       <c r="D103">
-        <v>0.4012</v>
+        <v>3.7815</v>
       </c>
       <c r="E103">
-        <v>328881</v>
+        <v>72642</v>
       </c>
       <c r="F103">
-        <v>20.16</v>
+        <v>2.47</v>
       </c>
       <c r="G103">
-        <v>19.84</v>
+        <v>2.38</v>
       </c>
       <c r="H103">
-        <v>6576410.81</v>
+        <v>175263.8</v>
       </c>
       <c r="I103">
-        <v>1862</v>
+        <v>162</v>
       </c>
       <c r="J103">
-        <v>20.0</v>
+        <v>2.39</v>
       </c>
       <c r="K103" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
         <v>215</v>
       </c>
       <c r="B104" s="1">
         <v>45939.0</v>
       </c>
       <c r="C104">
-        <v>8.68</v>
+        <v>20.02</v>
       </c>
       <c r="D104">
-        <v>-1.81</v>
+        <v>0.4012</v>
       </c>
       <c r="E104">
-        <v>229676</v>
+        <v>328881</v>
       </c>
       <c r="F104">
-        <v>8.94</v>
+        <v>20.16</v>
       </c>
       <c r="G104">
-        <v>8.67</v>
+        <v>19.84</v>
       </c>
       <c r="H104">
-        <v>2008587.94</v>
+        <v>6576410.81</v>
       </c>
       <c r="I104">
-        <v>988</v>
+        <v>1862</v>
       </c>
       <c r="J104">
-        <v>8.94</v>
+        <v>20.0</v>
       </c>
       <c r="K104" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
         <v>217</v>
       </c>
       <c r="B105" s="1">
         <v>45939.0</v>
       </c>
       <c r="C105">
-        <v>0.794</v>
+        <v>8.68</v>
       </c>
       <c r="D105">
-        <v>-0.5013</v>
+        <v>-1.81</v>
       </c>
       <c r="E105">
-        <v>38002</v>
+        <v>229676</v>
       </c>
       <c r="F105">
-        <v>0.798</v>
+        <v>8.94</v>
       </c>
       <c r="G105">
-        <v>0.79</v>
+        <v>8.67</v>
       </c>
       <c r="H105">
-        <v>30146.08</v>
+        <v>2008587.94</v>
       </c>
       <c r="I105">
-        <v>28</v>
+        <v>988</v>
       </c>
       <c r="J105">
-        <v>0.798</v>
+        <v>8.94</v>
       </c>
       <c r="K105" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
         <v>219</v>
       </c>
       <c r="B106" s="1">
         <v>45939.0</v>
       </c>
       <c r="C106">
-        <v>11.28</v>
+        <v>0.794</v>
       </c>
       <c r="D106">
-        <v>-0.8787</v>
+        <v>-0.5013</v>
       </c>
       <c r="E106">
-        <v>14953</v>
+        <v>38002</v>
       </c>
       <c r="F106">
-        <v>11.4</v>
+        <v>0.798</v>
       </c>
       <c r="G106">
-        <v>11.2</v>
+        <v>0.79</v>
       </c>
       <c r="H106">
-        <v>168594.02</v>
+        <v>30146.08</v>
       </c>
       <c r="I106">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="J106">
-        <v>11.3</v>
+        <v>0.798</v>
       </c>
       <c r="K106" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
         <v>221</v>
       </c>
       <c r="B107" s="1">
         <v>45939.0</v>
       </c>
       <c r="C107">
-        <v>1.07</v>
+        <v>11.28</v>
       </c>
       <c r="D107">
-        <v>-1.3825</v>
+        <v>-0.8787</v>
       </c>
       <c r="E107">
-        <v>2572</v>
+        <v>14953</v>
       </c>
       <c r="F107">
-        <v>1.1</v>
+        <v>11.4</v>
       </c>
       <c r="G107">
-        <v>0.94</v>
+        <v>11.2</v>
       </c>
       <c r="H107">
-        <v>2470.97</v>
+        <v>168594.02</v>
       </c>
       <c r="I107">
-        <v>23</v>
+        <v>89</v>
       </c>
       <c r="J107">
-        <v>1.1</v>
+        <v>11.3</v>
       </c>
       <c r="K107" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
         <v>223</v>
       </c>
       <c r="B108" s="1">
         <v>45939.0</v>
       </c>
       <c r="C108">
-        <v>3.04</v>
+        <v>1.07</v>
       </c>
       <c r="D108">
-        <v>0.6623</v>
+        <v>-1.3825</v>
       </c>
       <c r="E108">
-        <v>29728</v>
+        <v>2572</v>
       </c>
       <c r="F108">
-        <v>3.09</v>
+        <v>1.1</v>
       </c>
       <c r="G108">
-        <v>3.0</v>
+        <v>0.94</v>
       </c>
       <c r="H108">
-        <v>90157.87</v>
+        <v>2470.97</v>
       </c>
       <c r="I108">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="J108">
-        <v>3.03</v>
+        <v>1.1</v>
       </c>
       <c r="K108" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
         <v>225</v>
       </c>
       <c r="B109" s="1">
         <v>45939.0</v>
       </c>
       <c r="C109">
-        <v>7.22</v>
+        <v>3.04</v>
       </c>
       <c r="D109">
-        <v>10.061</v>
+        <v>0.6623</v>
       </c>
       <c r="E109">
-        <v>140156</v>
+        <v>29728</v>
       </c>
       <c r="F109">
-        <v>7.22</v>
+        <v>3.09</v>
       </c>
       <c r="G109">
-        <v>6.56</v>
+        <v>3.0</v>
       </c>
       <c r="H109">
-        <v>990919.91</v>
+        <v>90157.87</v>
       </c>
       <c r="I109">
-        <v>510</v>
+        <v>62</v>
       </c>
       <c r="J109">
-        <v>6.56</v>
+        <v>3.03</v>
       </c>
       <c r="K109" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
         <v>227</v>
       </c>
       <c r="B110" s="1">
         <v>45939.0</v>
       </c>
       <c r="C110">
-        <v>8.98</v>
+        <v>7.22</v>
       </c>
       <c r="D110">
-        <v>-0.4435</v>
+        <v>10.061</v>
       </c>
       <c r="E110">
-        <v>7276</v>
+        <v>140156</v>
       </c>
       <c r="F110">
-        <v>9.08</v>
+        <v>7.22</v>
       </c>
       <c r="G110">
-        <v>8.86</v>
+        <v>6.56</v>
       </c>
       <c r="H110">
-        <v>65266.8</v>
+        <v>990919.91</v>
       </c>
       <c r="I110">
-        <v>35</v>
+        <v>510</v>
       </c>
       <c r="J110">
-        <v>9.08</v>
+        <v>6.56</v>
       </c>
       <c r="K110" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
         <v>229</v>
       </c>
       <c r="B111" s="1">
         <v>45939.0</v>
       </c>
       <c r="C111">
-        <v>15.3</v>
+        <v>8.98</v>
       </c>
       <c r="D111">
-        <v>0.0</v>
+        <v>-0.4435</v>
       </c>
       <c r="E111">
-        <v>13</v>
+        <v>7276</v>
       </c>
       <c r="F111">
-        <v>15.4</v>
+        <v>9.08</v>
       </c>
       <c r="G111">
-        <v>15.3</v>
+        <v>8.86</v>
       </c>
       <c r="H111">
-        <v>199.4</v>
+        <v>65266.8</v>
       </c>
       <c r="I111">
-        <v>3</v>
+        <v>35</v>
       </c>
       <c r="J111">
-        <v>15.4</v>
+        <v>9.08</v>
       </c>
       <c r="K111" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
         <v>231</v>
       </c>
       <c r="B112" s="1">
         <v>45939.0</v>
       </c>
       <c r="C112">
-        <v>4.0</v>
+        <v>15.3</v>
       </c>
       <c r="D112">
-        <v>-0.4975</v>
+        <v>0.0</v>
       </c>
       <c r="E112">
-        <v>17748</v>
+        <v>13</v>
       </c>
       <c r="F112">
-        <v>4.025</v>
+        <v>15.4</v>
       </c>
       <c r="G112">
-        <v>3.98</v>
+        <v>15.3</v>
       </c>
       <c r="H112">
-        <v>70898.07</v>
+        <v>199.4</v>
       </c>
       <c r="I112">
-        <v>126</v>
+        <v>3</v>
       </c>
       <c r="J112">
-        <v>4.025</v>
+        <v>15.4</v>
       </c>
       <c r="K112" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
         <v>233</v>
       </c>
       <c r="B113" s="1">
         <v>45939.0</v>
       </c>
       <c r="C113">
-        <v>43.8</v>
+        <v>4.0</v>
       </c>
       <c r="D113">
-        <v>-0.7928</v>
+        <v>-0.4975</v>
       </c>
       <c r="E113">
-        <v>3242</v>
+        <v>17748</v>
       </c>
       <c r="F113">
-        <v>44.2</v>
+        <v>4.025</v>
       </c>
       <c r="G113">
-        <v>43.65</v>
+        <v>3.98</v>
       </c>
       <c r="H113">
-        <v>142689.8</v>
+        <v>70898.07</v>
       </c>
       <c r="I113">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="J113">
-        <v>44.15</v>
+        <v>4.025</v>
       </c>
       <c r="K113" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
         <v>235</v>
       </c>
       <c r="B114" s="1">
         <v>45939.0</v>
       </c>
       <c r="C114">
-        <v>14.54</v>
+        <v>43.8</v>
       </c>
       <c r="D114">
-        <v>2.3944</v>
+        <v>-0.7928</v>
       </c>
       <c r="E114">
-        <v>831867</v>
+        <v>3242</v>
       </c>
       <c r="F114">
-        <v>14.62</v>
+        <v>44.2</v>
       </c>
       <c r="G114">
-        <v>14.1</v>
+        <v>43.65</v>
       </c>
       <c r="H114">
-        <v>12046047.34</v>
+        <v>142689.8</v>
       </c>
       <c r="I114">
-        <v>2598</v>
+        <v>133</v>
       </c>
       <c r="J114">
-        <v>14.1</v>
+        <v>44.15</v>
       </c>
       <c r="K114" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
         <v>237</v>
       </c>
       <c r="B115" s="1">
         <v>45939.0</v>
       </c>
       <c r="C115">
-        <v>0.498</v>
+        <v>14.54</v>
       </c>
       <c r="D115">
-        <v>-2.3529</v>
+        <v>2.3944</v>
       </c>
       <c r="E115">
-        <v>66584</v>
+        <v>831867</v>
       </c>
       <c r="F115">
-        <v>0.515</v>
+        <v>14.62</v>
       </c>
       <c r="G115">
-        <v>0.486</v>
+        <v>14.1</v>
       </c>
       <c r="H115">
-        <v>33446.42</v>
+        <v>12046047.34</v>
       </c>
       <c r="I115">
-        <v>60</v>
+        <v>2598</v>
       </c>
       <c r="J115">
-        <v>0.515</v>
+        <v>14.1</v>
       </c>
       <c r="K115" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
         <v>239</v>
       </c>
       <c r="B116" s="1">
         <v>45939.0</v>
       </c>
       <c r="C116">
-        <v>1.362</v>
+        <v>0.498</v>
       </c>
       <c r="D116">
-        <v>0.1471</v>
+        <v>-2.3529</v>
       </c>
       <c r="E116">
-        <v>79580</v>
+        <v>66584</v>
       </c>
       <c r="F116">
-        <v>1.366</v>
+        <v>0.515</v>
       </c>
       <c r="G116">
-        <v>1.358</v>
+        <v>0.486</v>
       </c>
       <c r="H116">
-        <v>108396.76</v>
+        <v>33446.42</v>
       </c>
       <c r="I116">
-        <v>205</v>
+        <v>60</v>
       </c>
       <c r="J116">
-        <v>1.362</v>
+        <v>0.515</v>
       </c>
       <c r="K116" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
         <v>241</v>
       </c>
       <c r="B117" s="1">
         <v>45939.0</v>
       </c>
       <c r="C117">
-        <v>6.0</v>
+        <v>1.362</v>
       </c>
       <c r="D117">
-        <v>0.0</v>
+        <v>0.1471</v>
       </c>
       <c r="E117">
-        <v>487</v>
+        <v>79580</v>
       </c>
       <c r="F117">
-        <v>6.0</v>
+        <v>1.366</v>
       </c>
       <c r="G117">
-        <v>5.75</v>
+        <v>1.358</v>
       </c>
       <c r="H117">
-        <v>2902.75</v>
+        <v>108396.76</v>
       </c>
       <c r="I117">
-        <v>6</v>
+        <v>205</v>
       </c>
       <c r="J117">
-        <v>5.85</v>
+        <v>1.362</v>
       </c>
       <c r="K117" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
         <v>243</v>
       </c>
       <c r="B118" s="1">
         <v>45939.0</v>
       </c>
       <c r="C118">
-        <v>7.64</v>
+        <v>6.0</v>
       </c>
       <c r="D118">
-        <v>5.8172</v>
+        <v>0.0</v>
       </c>
       <c r="E118">
-        <v>222520</v>
+        <v>487</v>
       </c>
       <c r="F118">
-        <v>7.68</v>
+        <v>6.0</v>
       </c>
       <c r="G118">
-        <v>7.34</v>
+        <v>5.75</v>
       </c>
       <c r="H118">
-        <v>1684581.67</v>
+        <v>2902.75</v>
       </c>
       <c r="I118">
-        <v>668</v>
+        <v>6</v>
       </c>
       <c r="J118">
-        <v>7.34</v>
+        <v>5.85</v>
       </c>
       <c r="K118" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s">
         <v>245</v>
       </c>
       <c r="B119" s="1">
         <v>45939.0</v>
       </c>
       <c r="C119">
-        <v>1.38</v>
+        <v>7.64</v>
       </c>
       <c r="D119">
-        <v>0.0</v>
+        <v>5.8172</v>
       </c>
       <c r="E119">
-        <v>10527</v>
+        <v>222520</v>
       </c>
       <c r="F119">
-        <v>1.39</v>
+        <v>7.68</v>
       </c>
       <c r="G119">
-        <v>1.335</v>
+        <v>7.34</v>
       </c>
       <c r="H119">
-        <v>14241.34</v>
+        <v>1684581.67</v>
       </c>
       <c r="I119">
-        <v>45</v>
+        <v>668</v>
       </c>
       <c r="J119">
-        <v>1.38</v>
+        <v>7.34</v>
       </c>
       <c r="K119" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s">
         <v>247</v>
       </c>
       <c r="B120" s="1">
         <v>45939.0</v>
       </c>
       <c r="C120">
-        <v>5.47</v>
+        <v>1.38</v>
       </c>
       <c r="D120">
-        <v>-0.9058</v>
+        <v>0.0</v>
       </c>
       <c r="E120">
-        <v>89779</v>
+        <v>10527</v>
       </c>
       <c r="F120">
-        <v>5.58</v>
+        <v>1.39</v>
       </c>
       <c r="G120">
-        <v>5.45</v>
+        <v>1.335</v>
       </c>
       <c r="H120">
-        <v>493535.48</v>
+        <v>14241.34</v>
       </c>
       <c r="I120">
-        <v>289</v>
+        <v>45</v>
       </c>
       <c r="J120">
-        <v>5.475</v>
+        <v>1.38</v>
       </c>
       <c r="K120" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s">
         <v>249</v>
       </c>
       <c r="B121" s="1">
         <v>45939.0</v>
       </c>
       <c r="C121">
-        <v>1.466</v>
+        <v>5.47</v>
       </c>
       <c r="D121">
-        <v>3.9716</v>
+        <v>-0.9058</v>
       </c>
       <c r="E121">
-        <v>180892</v>
+        <v>89779</v>
       </c>
       <c r="F121">
-        <v>1.47</v>
+        <v>5.58</v>
       </c>
       <c r="G121">
-        <v>1.388</v>
+        <v>5.45</v>
       </c>
       <c r="H121">
-        <v>261091.44</v>
+        <v>493535.48</v>
       </c>
       <c r="I121">
-        <v>257</v>
+        <v>289</v>
       </c>
       <c r="J121">
-        <v>1.388</v>
+        <v>5.475</v>
       </c>
       <c r="K121" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" t="s">
         <v>251</v>
       </c>
       <c r="B122" s="1">
         <v>45939.0</v>
       </c>
       <c r="C122">
-        <v>7.21</v>
+        <v>1.466</v>
       </c>
       <c r="D122">
-        <v>0.0</v>
+        <v>3.9716</v>
       </c>
       <c r="E122">
-        <v>38584</v>
+        <v>180892</v>
       </c>
       <c r="F122">
-        <v>7.3</v>
+        <v>1.47</v>
       </c>
       <c r="G122">
-        <v>7.21</v>
+        <v>1.388</v>
       </c>
       <c r="H122">
-        <v>280709.14</v>
+        <v>261091.44</v>
       </c>
       <c r="I122">
-        <v>131</v>
+        <v>257</v>
       </c>
       <c r="J122">
-        <v>7.21</v>
+        <v>1.388</v>
       </c>
       <c r="K122" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s">
         <v>253</v>
       </c>
       <c r="B123" s="1">
         <v>45939.0</v>
       </c>
       <c r="C123">
-        <v>5.2</v>
+        <v>7.21</v>
       </c>
       <c r="D123">
-        <v>2.3622</v>
+        <v>0.0</v>
       </c>
       <c r="E123">
-        <v>48824</v>
+        <v>38584</v>
       </c>
       <c r="F123">
-        <v>5.24</v>
+        <v>7.3</v>
       </c>
       <c r="G123">
-        <v>5.12</v>
+        <v>7.21</v>
       </c>
       <c r="H123">
-        <v>253236.64</v>
+        <v>280709.14</v>
       </c>
       <c r="I123">
-        <v>105</v>
+        <v>131</v>
       </c>
       <c r="J123">
-        <v>5.12</v>
+        <v>7.21</v>
       </c>
       <c r="K123" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s">
         <v>255</v>
       </c>
       <c r="B124" s="1">
         <v>45939.0</v>
       </c>
       <c r="C124">
-        <v>1.64</v>
+        <v>5.2</v>
       </c>
       <c r="D124">
-        <v>0.0</v>
+        <v>2.3622</v>
       </c>
       <c r="E124">
-        <v>26623</v>
+        <v>48824</v>
       </c>
       <c r="F124">
-        <v>1.665</v>
+        <v>5.24</v>
       </c>
       <c r="G124">
-        <v>1.62</v>
+        <v>5.12</v>
       </c>
       <c r="H124">
-        <v>43965.44</v>
+        <v>253236.64</v>
       </c>
       <c r="I124">
-        <v>74</v>
+        <v>105</v>
       </c>
       <c r="J124">
-        <v>1.655</v>
+        <v>5.12</v>
       </c>
       <c r="K124" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s">
         <v>257</v>
       </c>
       <c r="B125" s="1">
         <v>45939.0</v>
       </c>
       <c r="C125">
-        <v>12.9</v>
+        <v>1.64</v>
       </c>
       <c r="D125">
-        <v>0.4673</v>
+        <v>0.0</v>
       </c>
       <c r="E125">
-        <v>15785</v>
+        <v>26623</v>
       </c>
       <c r="F125">
-        <v>13.12</v>
+        <v>1.665</v>
       </c>
       <c r="G125">
-        <v>12.88</v>
+        <v>1.62</v>
       </c>
       <c r="H125">
-        <v>204920.9</v>
+        <v>43965.44</v>
       </c>
       <c r="I125">
-        <v>195</v>
+        <v>74</v>
       </c>
       <c r="J125">
-        <v>12.94</v>
+        <v>1.655</v>
       </c>
       <c r="K125" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s">
         <v>259</v>
       </c>
       <c r="B126" s="1">
         <v>45939.0</v>
       </c>
       <c r="C126">
-        <v>1.56</v>
+        <v>12.9</v>
       </c>
       <c r="D126">
-        <v>-2.5</v>
+        <v>0.4673</v>
       </c>
       <c r="E126">
-        <v>3283</v>
+        <v>15785</v>
       </c>
       <c r="F126">
-        <v>1.62</v>
+        <v>13.12</v>
       </c>
       <c r="G126">
-        <v>1.53</v>
+        <v>12.88</v>
       </c>
       <c r="H126">
-        <v>5104.34</v>
+        <v>204920.9</v>
       </c>
       <c r="I126">
-        <v>21</v>
+        <v>195</v>
       </c>
       <c r="J126">
-        <v>1.62</v>
+        <v>12.94</v>
       </c>
       <c r="K126" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s">
         <v>261</v>
       </c>
       <c r="B127" s="1">
         <v>45939.0</v>
       </c>
       <c r="C127">
-        <v>8.0</v>
+        <v>1.56</v>
       </c>
       <c r="D127">
-        <v>3.6269</v>
+        <v>-2.5</v>
       </c>
       <c r="E127">
-        <v>14467</v>
+        <v>3283</v>
       </c>
       <c r="F127">
-        <v>8.1</v>
+        <v>1.62</v>
       </c>
       <c r="G127">
-        <v>7.78</v>
+        <v>1.53</v>
       </c>
       <c r="H127">
-        <v>115366.24</v>
+        <v>5104.34</v>
       </c>
       <c r="I127">
-        <v>105</v>
+        <v>21</v>
       </c>
       <c r="J127">
-        <v>7.78</v>
+        <v>1.62</v>
       </c>
       <c r="K127" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s">
         <v>263</v>
       </c>
       <c r="B128" s="1">
         <v>45939.0</v>
       </c>
       <c r="C128">
-        <v>0.138</v>
+        <v>8.0</v>
       </c>
       <c r="D128">
-        <v>0.0</v>
+        <v>3.6269</v>
       </c>
       <c r="E128">
-        <v>0</v>
+        <v>14467</v>
       </c>
       <c r="F128">
-        <v>0.0</v>
+        <v>8.1</v>
       </c>
       <c r="G128">
-        <v>0.0</v>
+        <v>7.78</v>
       </c>
       <c r="H128">
-        <v>0.0</v>
+        <v>115366.24</v>
       </c>
       <c r="I128">
-        <v>0</v>
+        <v>105</v>
       </c>
       <c r="J128">
-        <v>0.0</v>
+        <v>7.78</v>
       </c>
       <c r="K128" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s">
         <v>265</v>
       </c>
       <c r="B129" s="1">
         <v>45939.0</v>
       </c>
       <c r="C129">
-        <v>15.1</v>
+        <v>0.138</v>
       </c>
       <c r="D129">
-        <v>0.3322</v>
+        <v>0.0</v>
       </c>
       <c r="E129">
-        <v>7791</v>
+        <v>0</v>
       </c>
       <c r="F129">
-        <v>15.2</v>
+        <v>0.0</v>
       </c>
       <c r="G129">
-        <v>15.0</v>
+        <v>0.0</v>
       </c>
       <c r="H129">
-        <v>117160.5</v>
+        <v>0.0</v>
       </c>
       <c r="I129">
-        <v>66</v>
+        <v>0</v>
       </c>
       <c r="J129">
-        <v>15.05</v>
+        <v>0.0</v>
       </c>
       <c r="K129" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s">
         <v>267</v>
       </c>
       <c r="B130" s="1">
         <v>45939.0</v>
       </c>
       <c r="C130">
-        <v>36.8</v>
+        <v>15.1</v>
       </c>
       <c r="D130">
-        <v>-1.0753</v>
+        <v>0.3322</v>
       </c>
       <c r="E130">
-        <v>42051</v>
+        <v>7791</v>
       </c>
       <c r="F130">
-        <v>37.4</v>
+        <v>15.2</v>
       </c>
       <c r="G130">
-        <v>36.8</v>
+        <v>15.0</v>
       </c>
       <c r="H130">
-        <v>1558794.3</v>
+        <v>117160.5</v>
       </c>
       <c r="I130">
-        <v>523</v>
+        <v>66</v>
       </c>
       <c r="J130">
-        <v>37.3</v>
+        <v>15.05</v>
       </c>
       <c r="K130" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" t="s">
         <v>269</v>
       </c>
       <c r="B131" s="1">
         <v>45939.0</v>
       </c>
       <c r="C131">
-        <v>7.586</v>
+        <v>36.8</v>
       </c>
       <c r="D131">
-        <v>0.5567</v>
+        <v>-1.0753</v>
       </c>
       <c r="E131">
-        <v>3758916</v>
+        <v>42051</v>
       </c>
       <c r="F131">
-        <v>7.644</v>
+        <v>37.4</v>
       </c>
       <c r="G131">
-        <v>7.48</v>
+        <v>36.8</v>
       </c>
       <c r="H131">
-        <v>28531197.76</v>
+        <v>1558794.3</v>
       </c>
       <c r="I131">
-        <v>5295</v>
+        <v>523</v>
       </c>
       <c r="J131">
-        <v>7.566</v>
+        <v>37.3</v>
       </c>
       <c r="K131" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" t="s">
         <v>271</v>
       </c>
       <c r="B132" s="1">
         <v>45939.0</v>
       </c>
       <c r="C132">
-        <v>1.25</v>
+        <v>7.586</v>
       </c>
       <c r="D132">
-        <v>-0.7937</v>
+        <v>0.5567</v>
       </c>
       <c r="E132">
-        <v>5100</v>
+        <v>3758916</v>
       </c>
       <c r="F132">
-        <v>1.27</v>
+        <v>7.644</v>
       </c>
       <c r="G132">
-        <v>1.25</v>
+        <v>7.48</v>
       </c>
       <c r="H132">
-        <v>6415.0</v>
+        <v>28531197.76</v>
       </c>
       <c r="I132">
-        <v>15</v>
+        <v>5295</v>
       </c>
       <c r="J132">
-        <v>1.27</v>
+        <v>7.566</v>
       </c>
       <c r="K132" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s">
         <v>273</v>
       </c>
       <c r="B133" s="1">
         <v>45939.0</v>
       </c>
       <c r="C133">
-        <v>1.8</v>
+        <v>1.25</v>
       </c>
       <c r="D133">
-        <v>0.2786</v>
+        <v>-0.7937</v>
       </c>
       <c r="E133">
-        <v>43273</v>
+        <v>5100</v>
       </c>
       <c r="F133">
-        <v>1.805</v>
+        <v>1.27</v>
       </c>
       <c r="G133">
-        <v>1.785</v>
+        <v>1.25</v>
       </c>
       <c r="H133">
-        <v>77715.77</v>
+        <v>6415.0</v>
       </c>
       <c r="I133">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="J133">
-        <v>1.8</v>
+        <v>1.27</v>
       </c>
       <c r="K133" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" t="s">
         <v>275</v>
       </c>
       <c r="B134" s="1">
         <v>45939.0</v>
       </c>
       <c r="C134">
-        <v>8.06</v>
+        <v>1.8</v>
       </c>
       <c r="D134">
-        <v>-0.4938</v>
+        <v>0.2786</v>
       </c>
       <c r="E134">
-        <v>196856</v>
+        <v>43273</v>
       </c>
       <c r="F134">
-        <v>8.23</v>
+        <v>1.805</v>
       </c>
       <c r="G134">
-        <v>8.01</v>
+        <v>1.785</v>
       </c>
       <c r="H134">
-        <v>1605557.18</v>
+        <v>77715.77</v>
       </c>
       <c r="I134">
-        <v>710</v>
+        <v>51</v>
       </c>
       <c r="J134">
-        <v>8.1</v>
+        <v>1.8</v>
       </c>
       <c r="K134" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" t="s">
         <v>277</v>
       </c>
       <c r="B135" s="1">
         <v>45939.0</v>
       </c>
       <c r="C135">
-        <v>2.18</v>
+        <v>8.06</v>
       </c>
       <c r="D135">
-        <v>-0.9091</v>
+        <v>-0.4938</v>
       </c>
       <c r="E135">
-        <v>1200</v>
+        <v>196856</v>
       </c>
       <c r="F135">
-        <v>2.2</v>
+        <v>8.23</v>
       </c>
       <c r="G135">
-        <v>2.18</v>
+        <v>8.01</v>
       </c>
       <c r="H135">
-        <v>2634.0</v>
+        <v>1605557.18</v>
       </c>
       <c r="I135">
-        <v>13</v>
+        <v>710</v>
       </c>
       <c r="J135">
-        <v>2.2</v>
+        <v>8.1</v>
       </c>
       <c r="K135" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" t="s">
         <v>279</v>
       </c>
       <c r="B136" s="1">
         <v>45939.0</v>
       </c>
       <c r="C136">
-        <v>0.267</v>
+        <v>2.18</v>
       </c>
       <c r="D136">
-        <v>1.1364</v>
+        <v>-0.9091</v>
       </c>
       <c r="E136">
-        <v>53971</v>
+        <v>1200</v>
       </c>
       <c r="F136">
-        <v>0.272</v>
+        <v>2.2</v>
       </c>
       <c r="G136">
-        <v>0.265</v>
+        <v>2.18</v>
       </c>
       <c r="H136">
-        <v>14430.55</v>
+        <v>2634.0</v>
       </c>
       <c r="I136">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="J136">
-        <v>0.265</v>
+        <v>2.2</v>
       </c>
       <c r="K136" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" t="s">
         <v>281</v>
       </c>
       <c r="B137" s="1">
         <v>45939.0</v>
       </c>
       <c r="C137">
-        <v>0.46</v>
+        <v>0.267</v>
       </c>
       <c r="D137">
-        <v>-6.8826</v>
+        <v>1.1364</v>
       </c>
       <c r="E137">
-        <v>100</v>
+        <v>53971</v>
       </c>
       <c r="F137">
-        <v>0.46</v>
+        <v>0.272</v>
       </c>
       <c r="G137">
-        <v>0.46</v>
+        <v>0.265</v>
       </c>
       <c r="H137">
-        <v>46.0</v>
+        <v>14430.55</v>
       </c>
       <c r="I137">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="J137">
-        <v>0.46</v>
+        <v>0.265</v>
       </c>
       <c r="K137" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" t="s">
         <v>283</v>
       </c>
       <c r="B138" s="1">
         <v>45939.0</v>
       </c>
       <c r="C138">
-        <v>0.16</v>
+        <v>0.46</v>
       </c>
       <c r="D138">
-        <v>0.0</v>
+        <v>-6.8826</v>
       </c>
       <c r="E138">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="F138">
-        <v>0.0</v>
+        <v>0.46</v>
       </c>
       <c r="G138">
-        <v>0.0</v>
+        <v>0.46</v>
       </c>
       <c r="H138">
-        <v>0.0</v>
+        <v>46.0</v>
       </c>
       <c r="I138">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J138">
-        <v>0.0</v>
+        <v>0.46</v>
       </c>
       <c r="K138" t="s">
         <v>284</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11">
+      <c r="A139" t="s">
+        <v>285</v>
+      </c>
+      <c r="B139" s="1">
+        <v>45939.0</v>
+      </c>
+      <c r="C139">
+        <v>0.16</v>
+      </c>
+      <c r="D139">
+        <v>0.0</v>
+      </c>
+      <c r="E139">
+        <v>0</v>
+      </c>
+      <c r="F139">
+        <v>0.0</v>
+      </c>
+      <c r="G139">
+        <v>0.0</v>
+      </c>
+      <c r="H139">
+        <v>0.0</v>
+      </c>
+      <c r="I139">
+        <v>0</v>
+      </c>
+      <c r="J139">
+        <v>0.0</v>
+      </c>
+      <c r="K139" t="s">
+        <v>286</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>