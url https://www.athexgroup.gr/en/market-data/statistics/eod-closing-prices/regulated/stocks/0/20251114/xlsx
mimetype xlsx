--- v0 (2025-11-18)
+++ v1 (2025-12-11)
@@ -491,426 +491,426 @@
   <si>
     <t>KEKR</t>
   </si>
   <si>
     <t>GRS070003009</t>
   </si>
   <si>
     <t>KORDE</t>
   </si>
   <si>
     <t>GRS384003000</t>
   </si>
   <si>
     <t>KRI</t>
   </si>
   <si>
     <t>GRS469003024</t>
   </si>
   <si>
     <t>KYLO</t>
   </si>
   <si>
     <t>GRS117123000</t>
   </si>
   <si>
-    <t>KYRI</t>
+    <t>KYSA</t>
+  </si>
+  <si>
+    <t>GRS118003003</t>
+  </si>
+  <si>
+    <t>LAMDA</t>
+  </si>
+  <si>
+    <t>GRS245213004</t>
+  </si>
+  <si>
+    <t>LAMPS</t>
+  </si>
+  <si>
+    <t>GRS128003001</t>
+  </si>
+  <si>
+    <t>LANAC</t>
+  </si>
+  <si>
+    <t>GRS047063003</t>
+  </si>
+  <si>
+    <t>LAVI</t>
+  </si>
+  <si>
+    <t>GRS246003008</t>
+  </si>
+  <si>
+    <t>LEBEK</t>
+  </si>
+  <si>
+    <t>GRS090003005</t>
+  </si>
+  <si>
+    <t>LEBEP</t>
+  </si>
+  <si>
+    <t>GRS090004003</t>
+  </si>
+  <si>
+    <t>LOGISMOS</t>
+  </si>
+  <si>
+    <t>GRS461003006</t>
+  </si>
+  <si>
+    <t>MATHIO</t>
+  </si>
+  <si>
+    <t>GRS374003002</t>
+  </si>
+  <si>
+    <t>MEDIC</t>
+  </si>
+  <si>
+    <t>GRS424003002</t>
+  </si>
+  <si>
+    <t>MERKO</t>
+  </si>
+  <si>
+    <t>GRK014011008</t>
+  </si>
+  <si>
+    <t>MEVA</t>
+  </si>
+  <si>
+    <t>GRS319103008</t>
+  </si>
+  <si>
+    <t>MIG</t>
+  </si>
+  <si>
+    <t>GRS314003013</t>
+  </si>
+  <si>
+    <t>MIN</t>
+  </si>
+  <si>
+    <t>GRS237003009</t>
+  </si>
+  <si>
+    <t>MODA</t>
+  </si>
+  <si>
+    <t>GRS375183001</t>
+  </si>
+  <si>
+    <t>MOH</t>
+  </si>
+  <si>
+    <t>GRS426003000</t>
+  </si>
+  <si>
+    <t>MOTO</t>
+  </si>
+  <si>
+    <t>GRS488003005</t>
+  </si>
+  <si>
+    <t>MOYZK</t>
+  </si>
+  <si>
+    <t>GRS054003009</t>
+  </si>
+  <si>
+    <t>MPITR</t>
+  </si>
+  <si>
+    <t>GRS092103001</t>
+  </si>
+  <si>
+    <t>MTLN</t>
+  </si>
+  <si>
+    <t>GB00BTQGS779</t>
+  </si>
+  <si>
+    <t>NAKAS</t>
+  </si>
+  <si>
+    <t>GRS387503006</t>
+  </si>
+  <si>
+    <t>NAYP</t>
+  </si>
+  <si>
+    <t>GRS265003004</t>
+  </si>
+  <si>
+    <t>NOVAL</t>
+  </si>
+  <si>
+    <t>GRS824003008</t>
+  </si>
+  <si>
+    <t>OLTH</t>
+  </si>
+  <si>
+    <t>GRS427003009</t>
+  </si>
+  <si>
+    <t>OLYMP</t>
+  </si>
+  <si>
+    <t>GRS403003007</t>
+  </si>
+  <si>
+    <t>ONYX</t>
+  </si>
+  <si>
+    <t>GRS530003003</t>
+  </si>
+  <si>
+    <t>OPAP</t>
+  </si>
+  <si>
+    <t>GRS419003009</t>
+  </si>
+  <si>
+    <t>OPTIMA</t>
+  </si>
+  <si>
+    <t>GRS533003000</t>
+  </si>
+  <si>
+    <t>ORILINA</t>
+  </si>
+  <si>
+    <t>GRS535003008</t>
+  </si>
+  <si>
+    <t>OTOEL</t>
+  </si>
+  <si>
+    <t>GRS337003008</t>
+  </si>
+  <si>
+    <t>PAIR</t>
+  </si>
+  <si>
+    <t>GRS275073005</t>
+  </si>
+  <si>
+    <t>PAP</t>
+  </si>
+  <si>
+    <t>GRS065003014</t>
+  </si>
+  <si>
+    <t>PERF</t>
+  </si>
+  <si>
+    <t>GRS505003004</t>
+  </si>
+  <si>
+    <t>PETRO</t>
+  </si>
+  <si>
+    <t>GRS345503007</t>
+  </si>
+  <si>
+    <t>PLAKR</t>
+  </si>
+  <si>
+    <t>GRS326003019</t>
+  </si>
+  <si>
+    <t>PLAT</t>
+  </si>
+  <si>
+    <t>GRS239003007</t>
+  </si>
+  <si>
+    <t>PPA</t>
+  </si>
+  <si>
+    <t>GRS470003013</t>
+  </si>
+  <si>
+    <t>PPC</t>
+  </si>
+  <si>
+    <t>GRS434003000</t>
+  </si>
+  <si>
+    <t>PRD</t>
+  </si>
+  <si>
+    <t>GRS184003002</t>
+  </si>
+  <si>
+    <t>PREMIA</t>
+  </si>
+  <si>
+    <t>GRS497003012</t>
+  </si>
+  <si>
+    <t>PRODEA</t>
+  </si>
+  <si>
+    <t>GRS509003018</t>
+  </si>
+  <si>
+    <t>PROF</t>
+  </si>
+  <si>
+    <t>GRS472003011</t>
+  </si>
+  <si>
+    <t>PROFK</t>
+  </si>
+  <si>
+    <t>GRS095003000</t>
+  </si>
+  <si>
+    <t>QLCO</t>
+  </si>
+  <si>
+    <t>GRS543003008</t>
+  </si>
+  <si>
+    <t>QUAL</t>
+  </si>
+  <si>
+    <t>GRS396003006</t>
+  </si>
+  <si>
+    <t>QUEST</t>
+  </si>
+  <si>
+    <t>GRS310003009</t>
+  </si>
+  <si>
+    <t>REALCONS</t>
+  </si>
+  <si>
+    <t>GRS522003003</t>
+  </si>
+  <si>
+    <t>REVOIL</t>
+  </si>
+  <si>
+    <t>GRS473003002</t>
+  </si>
+  <si>
+    <t>SAR</t>
+  </si>
+  <si>
+    <t>GRS204003008</t>
+  </si>
+  <si>
+    <t>SIDMA</t>
+  </si>
+  <si>
+    <t>GRS484003009</t>
+  </si>
+  <si>
+    <t>SPACE</t>
+  </si>
+  <si>
+    <t>GRS402003008</t>
+  </si>
+  <si>
+    <t>SPIR</t>
+  </si>
+  <si>
+    <t>GRS284183001</t>
+  </si>
+  <si>
+    <t>TELL</t>
+  </si>
+  <si>
+    <t>GRS004013009</t>
+  </si>
+  <si>
+    <t>TITC</t>
+  </si>
+  <si>
+    <t>BE0974338700</t>
+  </si>
+  <si>
+    <t>TPEIR</t>
+  </si>
+  <si>
+    <t>GRS014003032</t>
+  </si>
+  <si>
+    <t>TRASTOR</t>
+  </si>
+  <si>
+    <t>GRS487003006</t>
+  </si>
+  <si>
+    <t>TRESTATES</t>
+  </si>
+  <si>
+    <t>GRS534003009</t>
+  </si>
+  <si>
+    <t>VIO</t>
+  </si>
+  <si>
+    <t>BE0974271034</t>
+  </si>
+  <si>
+    <t>VOSYS</t>
+  </si>
+  <si>
+    <t>GRS407183003</t>
+  </si>
+  <si>
+    <t>XYLEK</t>
+  </si>
+  <si>
+    <t>GRS131003006</t>
+  </si>
+  <si>
+    <t>XYLEP</t>
+  </si>
+  <si>
+    <t>GRS131004004</t>
+  </si>
+  <si>
+    <t>YALCO</t>
+  </si>
+  <si>
+    <t>GRS249003005</t>
+  </si>
+  <si>
+    <t>YKNOT</t>
   </si>
   <si>
     <t>GRS295003008</t>
-  </si>
-[...370 lines deleted...]
-    <t>GRS249003005</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="d/m/YYYY"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -3861,2242 +3861,2242 @@
       </c>
       <c r="G75">
         <v>3.44</v>
       </c>
       <c r="H75">
         <v>56168.4</v>
       </c>
       <c r="I75">
         <v>32</v>
       </c>
       <c r="J75">
         <v>3.47</v>
       </c>
       <c r="K75" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
         <v>159</v>
       </c>
       <c r="B76" s="1">
         <v>45975.0</v>
       </c>
       <c r="C76">
-        <v>2.03</v>
+        <v>1.35</v>
       </c>
       <c r="D76">
-        <v>-1.9324</v>
+        <v>0.0</v>
       </c>
       <c r="E76">
-        <v>14335</v>
+        <v>0</v>
       </c>
       <c r="F76">
-        <v>2.09</v>
+        <v>0.0</v>
       </c>
       <c r="G76">
-        <v>2.02</v>
+        <v>0.0</v>
       </c>
       <c r="H76">
-        <v>29427.67</v>
+        <v>0.0</v>
       </c>
       <c r="I76">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="J76">
-        <v>2.02</v>
+        <v>0.0</v>
       </c>
       <c r="K76" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
         <v>161</v>
       </c>
       <c r="B77" s="1">
         <v>45975.0</v>
       </c>
       <c r="C77">
-        <v>1.35</v>
+        <v>7.25</v>
       </c>
       <c r="D77">
-        <v>0.0</v>
+        <v>-1.4946</v>
       </c>
       <c r="E77">
-        <v>0</v>
+        <v>258898</v>
       </c>
       <c r="F77">
-        <v>0.0</v>
+        <v>7.36</v>
       </c>
       <c r="G77">
-        <v>0.0</v>
+        <v>7.1</v>
       </c>
       <c r="H77">
-        <v>0.0</v>
+        <v>1884183.67</v>
       </c>
       <c r="I77">
-        <v>0</v>
+        <v>901</v>
       </c>
       <c r="J77">
-        <v>0.0</v>
+        <v>7.36</v>
       </c>
       <c r="K77" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
         <v>163</v>
       </c>
       <c r="B78" s="1">
         <v>45975.0</v>
       </c>
       <c r="C78">
-        <v>7.25</v>
+        <v>46.6</v>
       </c>
       <c r="D78">
-        <v>-1.4946</v>
+        <v>0.0</v>
       </c>
       <c r="E78">
-        <v>258898</v>
+        <v>0</v>
       </c>
       <c r="F78">
-        <v>7.36</v>
+        <v>0.0</v>
       </c>
       <c r="G78">
-        <v>7.1</v>
+        <v>0.0</v>
       </c>
       <c r="H78">
-        <v>1884183.67</v>
+        <v>0.0</v>
       </c>
       <c r="I78">
-        <v>901</v>
+        <v>0</v>
       </c>
       <c r="J78">
-        <v>7.36</v>
+        <v>0.0</v>
       </c>
       <c r="K78" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
         <v>165</v>
       </c>
       <c r="B79" s="1">
         <v>45975.0</v>
       </c>
       <c r="C79">
-        <v>46.6</v>
+        <v>1.57</v>
       </c>
       <c r="D79">
         <v>0.0</v>
       </c>
       <c r="E79">
         <v>0</v>
       </c>
       <c r="F79">
         <v>0.0</v>
       </c>
       <c r="G79">
         <v>0.0</v>
       </c>
       <c r="H79">
         <v>0.0</v>
       </c>
       <c r="I79">
         <v>0</v>
       </c>
       <c r="J79">
         <v>0.0</v>
       </c>
       <c r="K79" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
         <v>167</v>
       </c>
       <c r="B80" s="1">
         <v>45975.0</v>
       </c>
       <c r="C80">
-        <v>1.57</v>
+        <v>0.82</v>
       </c>
       <c r="D80">
         <v>0.0</v>
       </c>
       <c r="E80">
-        <v>0</v>
+        <v>311666</v>
       </c>
       <c r="F80">
-        <v>0.0</v>
+        <v>0.829</v>
       </c>
       <c r="G80">
-        <v>0.0</v>
+        <v>0.81</v>
       </c>
       <c r="H80">
-        <v>0.0</v>
+        <v>255318.37</v>
       </c>
       <c r="I80">
-        <v>0</v>
+        <v>97</v>
       </c>
       <c r="J80">
-        <v>0.0</v>
+        <v>0.82</v>
       </c>
       <c r="K80" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
         <v>169</v>
       </c>
       <c r="B81" s="1">
         <v>45975.0</v>
       </c>
       <c r="C81">
-        <v>0.82</v>
+        <v>0.32</v>
       </c>
       <c r="D81">
         <v>0.0</v>
       </c>
       <c r="E81">
-        <v>311666</v>
+        <v>0</v>
       </c>
       <c r="F81">
-        <v>0.829</v>
+        <v>0.0</v>
       </c>
       <c r="G81">
-        <v>0.81</v>
+        <v>0.0</v>
       </c>
       <c r="H81">
-        <v>255318.37</v>
+        <v>0.0</v>
       </c>
       <c r="I81">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="J81">
-        <v>0.82</v>
+        <v>0.0</v>
       </c>
       <c r="K81" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
         <v>171</v>
       </c>
       <c r="B82" s="1">
         <v>45975.0</v>
       </c>
       <c r="C82">
-        <v>0.32</v>
+        <v>0.2</v>
       </c>
       <c r="D82">
         <v>0.0</v>
       </c>
       <c r="E82">
-        <v>0</v>
+        <v>1069</v>
       </c>
       <c r="F82">
-        <v>0.0</v>
+        <v>0.19</v>
       </c>
       <c r="G82">
-        <v>0.0</v>
+        <v>0.185</v>
       </c>
       <c r="H82">
-        <v>0.0</v>
+        <v>198.47</v>
       </c>
       <c r="I82">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J82">
-        <v>0.0</v>
+        <v>0.19</v>
       </c>
       <c r="K82" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
         <v>173</v>
       </c>
       <c r="B83" s="1">
         <v>45975.0</v>
       </c>
       <c r="C83">
-        <v>0.2</v>
+        <v>2.3</v>
       </c>
       <c r="D83">
         <v>0.0</v>
       </c>
       <c r="E83">
-        <v>1069</v>
+        <v>400</v>
       </c>
       <c r="F83">
-        <v>0.19</v>
+        <v>2.3</v>
       </c>
       <c r="G83">
-        <v>0.185</v>
+        <v>2.3</v>
       </c>
       <c r="H83">
-        <v>198.47</v>
+        <v>920.0</v>
       </c>
       <c r="I83">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="J83">
-        <v>0.19</v>
+        <v>2.3</v>
       </c>
       <c r="K83" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
         <v>175</v>
       </c>
       <c r="B84" s="1">
         <v>45975.0</v>
       </c>
       <c r="C84">
-        <v>2.3</v>
+        <v>0.86</v>
       </c>
       <c r="D84">
-        <v>0.0</v>
+        <v>1.1765</v>
       </c>
       <c r="E84">
-        <v>400</v>
+        <v>1359</v>
       </c>
       <c r="F84">
-        <v>2.3</v>
+        <v>0.86</v>
       </c>
       <c r="G84">
-        <v>2.3</v>
+        <v>0.82</v>
       </c>
       <c r="H84">
-        <v>920.0</v>
+        <v>1127.22</v>
       </c>
       <c r="I84">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="J84">
-        <v>2.3</v>
+        <v>0.84</v>
       </c>
       <c r="K84" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
         <v>177</v>
       </c>
       <c r="B85" s="1">
         <v>45975.0</v>
       </c>
       <c r="C85">
-        <v>0.86</v>
+        <v>2.5</v>
       </c>
       <c r="D85">
-        <v>1.1765</v>
+        <v>0.0</v>
       </c>
       <c r="E85">
-        <v>1359</v>
+        <v>0</v>
       </c>
       <c r="F85">
-        <v>0.86</v>
+        <v>0.0</v>
       </c>
       <c r="G85">
-        <v>0.82</v>
+        <v>0.0</v>
       </c>
       <c r="H85">
-        <v>1127.22</v>
+        <v>0.0</v>
       </c>
       <c r="I85">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="J85">
-        <v>0.84</v>
+        <v>0.0</v>
       </c>
       <c r="K85" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
         <v>179</v>
       </c>
       <c r="B86" s="1">
         <v>45975.0</v>
       </c>
       <c r="C86">
-        <v>2.5</v>
+        <v>35.2</v>
       </c>
       <c r="D86">
         <v>0.0</v>
       </c>
       <c r="E86">
-        <v>0</v>
+        <v>94</v>
       </c>
       <c r="F86">
-        <v>0.0</v>
+        <v>35.6</v>
       </c>
       <c r="G86">
-        <v>0.0</v>
+        <v>34.8</v>
       </c>
       <c r="H86">
-        <v>0.0</v>
+        <v>3311.6</v>
       </c>
       <c r="I86">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="J86">
-        <v>0.0</v>
+        <v>35.2</v>
       </c>
       <c r="K86" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
         <v>181</v>
       </c>
       <c r="B87" s="1">
         <v>45975.0</v>
       </c>
       <c r="C87">
-        <v>35.2</v>
+        <v>8.85</v>
       </c>
       <c r="D87">
-        <v>0.0</v>
+        <v>0.5682</v>
       </c>
       <c r="E87">
-        <v>94</v>
+        <v>5714</v>
       </c>
       <c r="F87">
-        <v>35.6</v>
+        <v>8.85</v>
       </c>
       <c r="G87">
-        <v>34.8</v>
+        <v>8.6</v>
       </c>
       <c r="H87">
-        <v>3311.6</v>
+        <v>49516.15</v>
       </c>
       <c r="I87">
-        <v>7</v>
+        <v>38</v>
       </c>
       <c r="J87">
-        <v>35.2</v>
+        <v>8.7</v>
       </c>
       <c r="K87" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
         <v>183</v>
       </c>
       <c r="B88" s="1">
         <v>45975.0</v>
       </c>
       <c r="C88">
-        <v>8.85</v>
+        <v>3.85</v>
       </c>
       <c r="D88">
-        <v>0.5682</v>
+        <v>2.122</v>
       </c>
       <c r="E88">
-        <v>5714</v>
+        <v>37426</v>
       </c>
       <c r="F88">
-        <v>8.85</v>
+        <v>3.91</v>
       </c>
       <c r="G88">
-        <v>8.6</v>
+        <v>3.73</v>
       </c>
       <c r="H88">
-        <v>49516.15</v>
+        <v>143364.76</v>
       </c>
       <c r="I88">
-        <v>38</v>
+        <v>573</v>
       </c>
       <c r="J88">
-        <v>8.7</v>
+        <v>3.73</v>
       </c>
       <c r="K88" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
         <v>185</v>
       </c>
       <c r="B89" s="1">
         <v>45975.0</v>
       </c>
       <c r="C89">
-        <v>3.85</v>
+        <v>0.68</v>
       </c>
       <c r="D89">
-        <v>2.122</v>
+        <v>-0.8746</v>
       </c>
       <c r="E89">
-        <v>37426</v>
+        <v>1569</v>
       </c>
       <c r="F89">
-        <v>3.91</v>
+        <v>0.682</v>
       </c>
       <c r="G89">
-        <v>3.73</v>
+        <v>0.66</v>
       </c>
       <c r="H89">
-        <v>143364.76</v>
+        <v>1041.13</v>
       </c>
       <c r="I89">
-        <v>573</v>
+        <v>13</v>
       </c>
       <c r="J89">
-        <v>3.73</v>
+        <v>0.676</v>
       </c>
       <c r="K89" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
         <v>187</v>
       </c>
       <c r="B90" s="1">
         <v>45975.0</v>
       </c>
       <c r="C90">
-        <v>0.68</v>
+        <v>5.36</v>
       </c>
       <c r="D90">
-        <v>-0.8746</v>
+        <v>1.5152</v>
       </c>
       <c r="E90">
-        <v>1569</v>
+        <v>614</v>
       </c>
       <c r="F90">
-        <v>0.682</v>
+        <v>5.36</v>
       </c>
       <c r="G90">
-        <v>0.66</v>
+        <v>5.24</v>
       </c>
       <c r="H90">
-        <v>1041.13</v>
+        <v>3268.4</v>
       </c>
       <c r="I90">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="J90">
-        <v>0.676</v>
+        <v>5.3</v>
       </c>
       <c r="K90" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
         <v>189</v>
       </c>
       <c r="B91" s="1">
         <v>45975.0</v>
       </c>
       <c r="C91">
-        <v>5.36</v>
+        <v>27.94</v>
       </c>
       <c r="D91">
-        <v>1.5152</v>
+        <v>0.0716</v>
       </c>
       <c r="E91">
-        <v>614</v>
+        <v>194671</v>
       </c>
       <c r="F91">
-        <v>5.36</v>
+        <v>28.18</v>
       </c>
       <c r="G91">
-        <v>5.24</v>
+        <v>27.5</v>
       </c>
       <c r="H91">
-        <v>3268.4</v>
+        <v>5427639.08</v>
       </c>
       <c r="I91">
-        <v>9</v>
+        <v>1606</v>
       </c>
       <c r="J91">
-        <v>5.3</v>
+        <v>27.92</v>
       </c>
       <c r="K91" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
         <v>191</v>
       </c>
       <c r="B92" s="1">
         <v>45975.0</v>
       </c>
       <c r="C92">
-        <v>27.94</v>
+        <v>2.69</v>
       </c>
       <c r="D92">
-        <v>0.0716</v>
+        <v>-1.8248</v>
       </c>
       <c r="E92">
-        <v>194671</v>
+        <v>17555</v>
       </c>
       <c r="F92">
-        <v>28.18</v>
+        <v>2.74</v>
       </c>
       <c r="G92">
-        <v>27.5</v>
+        <v>2.69</v>
       </c>
       <c r="H92">
-        <v>5427639.08</v>
+        <v>47614.5</v>
       </c>
       <c r="I92">
-        <v>1606</v>
+        <v>39</v>
       </c>
       <c r="J92">
-        <v>27.92</v>
+        <v>2.74</v>
       </c>
       <c r="K92" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
         <v>193</v>
       </c>
       <c r="B93" s="1">
         <v>45975.0</v>
       </c>
       <c r="C93">
-        <v>2.69</v>
+        <v>0.6</v>
       </c>
       <c r="D93">
-        <v>-1.8248</v>
+        <v>0.0</v>
       </c>
       <c r="E93">
-        <v>17555</v>
+        <v>0</v>
       </c>
       <c r="F93">
-        <v>2.74</v>
+        <v>0.0</v>
       </c>
       <c r="G93">
-        <v>2.69</v>
+        <v>0.0</v>
       </c>
       <c r="H93">
-        <v>47614.5</v>
+        <v>0.0</v>
       </c>
       <c r="I93">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="J93">
-        <v>2.74</v>
+        <v>0.0</v>
       </c>
       <c r="K93" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
         <v>195</v>
       </c>
       <c r="B94" s="1">
         <v>45975.0</v>
       </c>
       <c r="C94">
-        <v>0.6</v>
+        <v>0.51</v>
       </c>
       <c r="D94">
         <v>0.0</v>
       </c>
       <c r="E94">
         <v>0</v>
       </c>
       <c r="F94">
         <v>0.0</v>
       </c>
       <c r="G94">
         <v>0.0</v>
       </c>
       <c r="H94">
         <v>0.0</v>
       </c>
       <c r="I94">
         <v>0</v>
       </c>
       <c r="J94">
         <v>0.0</v>
       </c>
       <c r="K94" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
         <v>197</v>
       </c>
       <c r="B95" s="1">
         <v>45975.0</v>
       </c>
       <c r="C95">
-        <v>0.51</v>
+        <v>42.92</v>
       </c>
       <c r="D95">
-        <v>0.0</v>
+        <v>-1.3333</v>
       </c>
       <c r="E95">
-        <v>0</v>
+        <v>315724</v>
       </c>
       <c r="F95">
-        <v>0.0</v>
+        <v>43.58</v>
       </c>
       <c r="G95">
-        <v>0.0</v>
+        <v>42.52</v>
       </c>
       <c r="H95">
-        <v>0.0</v>
+        <v>13596273.64</v>
       </c>
       <c r="I95">
-        <v>0</v>
+        <v>3688</v>
       </c>
       <c r="J95">
-        <v>0.0</v>
+        <v>43.5</v>
       </c>
       <c r="K95" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
         <v>199</v>
       </c>
       <c r="B96" s="1">
         <v>45975.0</v>
       </c>
       <c r="C96">
-        <v>42.92</v>
+        <v>3.7</v>
       </c>
       <c r="D96">
-        <v>-1.3333</v>
+        <v>0.0</v>
       </c>
       <c r="E96">
-        <v>315724</v>
+        <v>50</v>
       </c>
       <c r="F96">
-        <v>43.58</v>
+        <v>3.7</v>
       </c>
       <c r="G96">
-        <v>42.52</v>
+        <v>3.54</v>
       </c>
       <c r="H96">
-        <v>13596273.64</v>
+        <v>181.0</v>
       </c>
       <c r="I96">
-        <v>3688</v>
+        <v>4</v>
       </c>
       <c r="J96">
-        <v>43.5</v>
+        <v>3.54</v>
       </c>
       <c r="K96" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
         <v>201</v>
       </c>
       <c r="B97" s="1">
         <v>45975.0</v>
       </c>
       <c r="C97">
-        <v>3.7</v>
+        <v>1.39</v>
       </c>
       <c r="D97">
-        <v>0.0</v>
+        <v>-0.7143</v>
       </c>
       <c r="E97">
-        <v>50</v>
+        <v>1237</v>
       </c>
       <c r="F97">
-        <v>3.7</v>
+        <v>1.4</v>
       </c>
       <c r="G97">
-        <v>3.54</v>
+        <v>1.38</v>
       </c>
       <c r="H97">
-        <v>181.0</v>
+        <v>1721.68</v>
       </c>
       <c r="I97">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="J97">
-        <v>3.54</v>
+        <v>1.4</v>
       </c>
       <c r="K97" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
         <v>203</v>
       </c>
       <c r="B98" s="1">
         <v>45975.0</v>
       </c>
       <c r="C98">
-        <v>1.39</v>
+        <v>2.72</v>
       </c>
       <c r="D98">
-        <v>-0.7143</v>
+        <v>0.369</v>
       </c>
       <c r="E98">
-        <v>1237</v>
+        <v>62096</v>
       </c>
       <c r="F98">
-        <v>1.4</v>
+        <v>2.72</v>
       </c>
       <c r="G98">
-        <v>1.38</v>
+        <v>2.67</v>
       </c>
       <c r="H98">
-        <v>1721.68</v>
+        <v>167624.18</v>
       </c>
       <c r="I98">
-        <v>15</v>
+        <v>99</v>
       </c>
       <c r="J98">
-        <v>1.4</v>
+        <v>2.7</v>
       </c>
       <c r="K98" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
         <v>205</v>
       </c>
       <c r="B99" s="1">
         <v>45975.0</v>
       </c>
       <c r="C99">
-        <v>2.72</v>
+        <v>34.6</v>
       </c>
       <c r="D99">
-        <v>0.369</v>
+        <v>-1.1429</v>
       </c>
       <c r="E99">
-        <v>62096</v>
+        <v>1578</v>
       </c>
       <c r="F99">
-        <v>2.72</v>
+        <v>35.0</v>
       </c>
       <c r="G99">
-        <v>2.67</v>
+        <v>33.9</v>
       </c>
       <c r="H99">
-        <v>167624.18</v>
+        <v>54267.7</v>
       </c>
       <c r="I99">
-        <v>99</v>
+        <v>24</v>
       </c>
       <c r="J99">
-        <v>2.7</v>
+        <v>35.0</v>
       </c>
       <c r="K99" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
         <v>207</v>
       </c>
       <c r="B100" s="1">
         <v>45975.0</v>
       </c>
       <c r="C100">
-        <v>34.6</v>
+        <v>2.28</v>
       </c>
       <c r="D100">
-        <v>-1.1429</v>
+        <v>-2.5641</v>
       </c>
       <c r="E100">
-        <v>1578</v>
+        <v>8301</v>
       </c>
       <c r="F100">
-        <v>35.0</v>
+        <v>2.34</v>
       </c>
       <c r="G100">
-        <v>33.9</v>
+        <v>2.26</v>
       </c>
       <c r="H100">
-        <v>54267.7</v>
+        <v>18943.05</v>
       </c>
       <c r="I100">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="J100">
-        <v>35.0</v>
+        <v>2.34</v>
       </c>
       <c r="K100" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
         <v>209</v>
       </c>
       <c r="B101" s="1">
         <v>45975.0</v>
       </c>
       <c r="C101">
-        <v>2.28</v>
+        <v>2.37</v>
       </c>
       <c r="D101">
-        <v>-2.5641</v>
+        <v>1.2821</v>
       </c>
       <c r="E101">
-        <v>8301</v>
+        <v>40548</v>
       </c>
       <c r="F101">
-        <v>2.34</v>
+        <v>2.37</v>
       </c>
       <c r="G101">
-        <v>2.26</v>
+        <v>2.3</v>
       </c>
       <c r="H101">
-        <v>18943.05</v>
+        <v>94458.63</v>
       </c>
       <c r="I101">
-        <v>37</v>
+        <v>98</v>
       </c>
       <c r="J101">
         <v>2.34</v>
       </c>
       <c r="K101" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
         <v>211</v>
       </c>
       <c r="B102" s="1">
         <v>45975.0</v>
       </c>
       <c r="C102">
-        <v>2.37</v>
+        <v>17.34</v>
       </c>
       <c r="D102">
-        <v>1.2821</v>
+        <v>-0.9143</v>
       </c>
       <c r="E102">
-        <v>40548</v>
+        <v>810298</v>
       </c>
       <c r="F102">
-        <v>2.37</v>
+        <v>17.5</v>
       </c>
       <c r="G102">
-        <v>2.3</v>
+        <v>17.18</v>
       </c>
       <c r="H102">
-        <v>94458.63</v>
+        <v>14034747.72</v>
       </c>
       <c r="I102">
-        <v>98</v>
+        <v>4337</v>
       </c>
       <c r="J102">
-        <v>2.34</v>
+        <v>17.44</v>
       </c>
       <c r="K102" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
         <v>213</v>
       </c>
       <c r="B103" s="1">
         <v>45975.0</v>
       </c>
       <c r="C103">
-        <v>17.34</v>
+        <v>7.9</v>
       </c>
       <c r="D103">
-        <v>-0.9143</v>
+        <v>-0.6289</v>
       </c>
       <c r="E103">
-        <v>810298</v>
+        <v>123060</v>
       </c>
       <c r="F103">
-        <v>17.5</v>
+        <v>7.91</v>
       </c>
       <c r="G103">
-        <v>17.18</v>
+        <v>7.74</v>
       </c>
       <c r="H103">
-        <v>14034747.72</v>
+        <v>962863.89</v>
       </c>
       <c r="I103">
-        <v>4337</v>
+        <v>726</v>
       </c>
       <c r="J103">
-        <v>17.44</v>
+        <v>7.88</v>
       </c>
       <c r="K103" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
         <v>215</v>
       </c>
       <c r="B104" s="1">
         <v>45975.0</v>
       </c>
       <c r="C104">
-        <v>7.9</v>
+        <v>0.79</v>
       </c>
       <c r="D104">
-        <v>-0.6289</v>
+        <v>-1.25</v>
       </c>
       <c r="E104">
-        <v>123060</v>
+        <v>31714</v>
       </c>
       <c r="F104">
-        <v>7.91</v>
+        <v>0.8</v>
       </c>
       <c r="G104">
-        <v>7.74</v>
+        <v>0.788</v>
       </c>
       <c r="H104">
-        <v>962863.89</v>
+        <v>25125.36</v>
       </c>
       <c r="I104">
-        <v>726</v>
+        <v>33</v>
       </c>
       <c r="J104">
-        <v>7.88</v>
+        <v>0.8</v>
       </c>
       <c r="K104" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
         <v>217</v>
       </c>
       <c r="B105" s="1">
         <v>45975.0</v>
       </c>
       <c r="C105">
-        <v>0.79</v>
+        <v>11.48</v>
       </c>
       <c r="D105">
-        <v>-1.25</v>
+        <v>-0.8636</v>
       </c>
       <c r="E105">
-        <v>31714</v>
+        <v>31244</v>
       </c>
       <c r="F105">
-        <v>0.8</v>
+        <v>11.62</v>
       </c>
       <c r="G105">
-        <v>0.788</v>
+        <v>11.4</v>
       </c>
       <c r="H105">
-        <v>25125.36</v>
+        <v>359938.48</v>
       </c>
       <c r="I105">
-        <v>33</v>
+        <v>172</v>
       </c>
       <c r="J105">
-        <v>0.8</v>
+        <v>11.58</v>
       </c>
       <c r="K105" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
         <v>219</v>
       </c>
       <c r="B106" s="1">
         <v>45975.0</v>
       </c>
       <c r="C106">
-        <v>11.48</v>
+        <v>0.886</v>
       </c>
       <c r="D106">
-        <v>-0.8636</v>
+        <v>0.9112</v>
       </c>
       <c r="E106">
-        <v>31244</v>
+        <v>1022</v>
       </c>
       <c r="F106">
-        <v>11.62</v>
+        <v>0.886</v>
       </c>
       <c r="G106">
-        <v>11.4</v>
+        <v>0.846</v>
       </c>
       <c r="H106">
-        <v>359938.48</v>
+        <v>898.45</v>
       </c>
       <c r="I106">
-        <v>172</v>
+        <v>45</v>
       </c>
       <c r="J106">
-        <v>11.58</v>
+        <v>0.846</v>
       </c>
       <c r="K106" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
         <v>221</v>
       </c>
       <c r="B107" s="1">
         <v>45975.0</v>
       </c>
       <c r="C107">
-        <v>0.886</v>
+        <v>3.0</v>
       </c>
       <c r="D107">
-        <v>0.9112</v>
+        <v>-0.6623</v>
       </c>
       <c r="E107">
-        <v>1022</v>
+        <v>2820</v>
       </c>
       <c r="F107">
-        <v>0.886</v>
+        <v>3.02</v>
       </c>
       <c r="G107">
-        <v>0.846</v>
+        <v>2.97</v>
       </c>
       <c r="H107">
-        <v>898.45</v>
+        <v>8486.0</v>
       </c>
       <c r="I107">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="J107">
-        <v>0.846</v>
+        <v>3.02</v>
       </c>
       <c r="K107" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
         <v>223</v>
       </c>
       <c r="B108" s="1">
         <v>45975.0</v>
       </c>
       <c r="C108">
-        <v>3.0</v>
+        <v>7.24</v>
       </c>
       <c r="D108">
-        <v>-0.6623</v>
+        <v>-0.5495</v>
       </c>
       <c r="E108">
-        <v>2820</v>
+        <v>11575</v>
       </c>
       <c r="F108">
-        <v>3.02</v>
+        <v>7.29</v>
       </c>
       <c r="G108">
-        <v>2.97</v>
+        <v>7.15</v>
       </c>
       <c r="H108">
-        <v>8486.0</v>
+        <v>83818.2</v>
       </c>
       <c r="I108">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="J108">
-        <v>3.02</v>
+        <v>7.27</v>
       </c>
       <c r="K108" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
         <v>225</v>
       </c>
       <c r="B109" s="1">
         <v>45975.0</v>
       </c>
       <c r="C109">
-        <v>7.24</v>
+        <v>8.76</v>
       </c>
       <c r="D109">
-        <v>-0.5495</v>
+        <v>-1.7937</v>
       </c>
       <c r="E109">
-        <v>11575</v>
+        <v>3976</v>
       </c>
       <c r="F109">
-        <v>7.29</v>
+        <v>8.9</v>
       </c>
       <c r="G109">
-        <v>7.15</v>
+        <v>8.76</v>
       </c>
       <c r="H109">
-        <v>83818.2</v>
+        <v>35223.86</v>
       </c>
       <c r="I109">
-        <v>65</v>
+        <v>29</v>
       </c>
       <c r="J109">
-        <v>7.27</v>
+        <v>8.9</v>
       </c>
       <c r="K109" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
         <v>227</v>
       </c>
       <c r="B110" s="1">
         <v>45975.0</v>
       </c>
       <c r="C110">
-        <v>8.76</v>
+        <v>14.8</v>
       </c>
       <c r="D110">
-        <v>-1.7937</v>
+        <v>0.0</v>
       </c>
       <c r="E110">
-        <v>3976</v>
+        <v>408</v>
       </c>
       <c r="F110">
-        <v>8.9</v>
+        <v>14.8</v>
       </c>
       <c r="G110">
-        <v>8.76</v>
+        <v>14.3</v>
       </c>
       <c r="H110">
-        <v>35223.86</v>
+        <v>5944.5</v>
       </c>
       <c r="I110">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="J110">
-        <v>8.9</v>
+        <v>14.8</v>
       </c>
       <c r="K110" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
         <v>229</v>
       </c>
       <c r="B111" s="1">
         <v>45975.0</v>
       </c>
       <c r="C111">
-        <v>14.8</v>
+        <v>3.9</v>
       </c>
       <c r="D111">
-        <v>0.0</v>
+        <v>-1.2658</v>
       </c>
       <c r="E111">
-        <v>408</v>
+        <v>17317</v>
       </c>
       <c r="F111">
-        <v>14.8</v>
+        <v>3.945</v>
       </c>
       <c r="G111">
-        <v>14.3</v>
+        <v>3.88</v>
       </c>
       <c r="H111">
-        <v>5944.5</v>
+        <v>67784.88</v>
       </c>
       <c r="I111">
-        <v>11</v>
+        <v>71</v>
       </c>
       <c r="J111">
-        <v>14.8</v>
+        <v>3.945</v>
       </c>
       <c r="K111" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
         <v>231</v>
       </c>
       <c r="B112" s="1">
         <v>45975.0</v>
       </c>
       <c r="C112">
-        <v>3.9</v>
+        <v>42.15</v>
       </c>
       <c r="D112">
-        <v>-1.2658</v>
+        <v>-0.7067</v>
       </c>
       <c r="E112">
-        <v>17317</v>
+        <v>10700</v>
       </c>
       <c r="F112">
-        <v>3.945</v>
+        <v>42.5</v>
       </c>
       <c r="G112">
-        <v>3.88</v>
+        <v>41.45</v>
       </c>
       <c r="H112">
-        <v>67784.88</v>
+        <v>446767.9</v>
       </c>
       <c r="I112">
-        <v>71</v>
+        <v>216</v>
       </c>
       <c r="J112">
-        <v>3.945</v>
+        <v>42.45</v>
       </c>
       <c r="K112" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
         <v>233</v>
       </c>
       <c r="B113" s="1">
         <v>45975.0</v>
       </c>
       <c r="C113">
-        <v>42.15</v>
+        <v>16.79</v>
       </c>
       <c r="D113">
-        <v>-0.7067</v>
+        <v>-0.0595</v>
       </c>
       <c r="E113">
-        <v>10700</v>
+        <v>1270840</v>
       </c>
       <c r="F113">
-        <v>42.5</v>
+        <v>17.1</v>
       </c>
       <c r="G113">
-        <v>41.45</v>
+        <v>16.6</v>
       </c>
       <c r="H113">
-        <v>446767.9</v>
+        <v>21374187.3</v>
       </c>
       <c r="I113">
-        <v>216</v>
+        <v>4003</v>
       </c>
       <c r="J113">
-        <v>42.45</v>
+        <v>16.75</v>
       </c>
       <c r="K113" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
         <v>235</v>
       </c>
       <c r="B114" s="1">
         <v>45975.0</v>
       </c>
       <c r="C114">
-        <v>16.79</v>
+        <v>0.45</v>
       </c>
       <c r="D114">
-        <v>-0.0595</v>
+        <v>-0.8811</v>
       </c>
       <c r="E114">
-        <v>1270840</v>
+        <v>43552</v>
       </c>
       <c r="F114">
-        <v>17.1</v>
+        <v>0.468</v>
       </c>
       <c r="G114">
-        <v>16.6</v>
+        <v>0.45</v>
       </c>
       <c r="H114">
-        <v>21374187.3</v>
+        <v>19796.96</v>
       </c>
       <c r="I114">
-        <v>4003</v>
+        <v>53</v>
       </c>
       <c r="J114">
-        <v>16.75</v>
+        <v>0.45</v>
       </c>
       <c r="K114" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
         <v>237</v>
       </c>
       <c r="B115" s="1">
         <v>45975.0</v>
       </c>
       <c r="C115">
-        <v>0.45</v>
+        <v>1.334</v>
       </c>
       <c r="D115">
-        <v>-0.8811</v>
+        <v>0.4518</v>
       </c>
       <c r="E115">
-        <v>43552</v>
+        <v>133917</v>
       </c>
       <c r="F115">
-        <v>0.468</v>
+        <v>1.338</v>
       </c>
       <c r="G115">
-        <v>0.45</v>
+        <v>1.318</v>
       </c>
       <c r="H115">
-        <v>19796.96</v>
+        <v>177755.18</v>
       </c>
       <c r="I115">
-        <v>53</v>
+        <v>262</v>
       </c>
       <c r="J115">
-        <v>0.45</v>
+        <v>1.32</v>
       </c>
       <c r="K115" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
         <v>239</v>
       </c>
       <c r="B116" s="1">
         <v>45975.0</v>
       </c>
       <c r="C116">
-        <v>1.334</v>
+        <v>5.85</v>
       </c>
       <c r="D116">
-        <v>0.4518</v>
+        <v>0.0</v>
       </c>
       <c r="E116">
-        <v>133917</v>
+        <v>0</v>
       </c>
       <c r="F116">
-        <v>1.338</v>
+        <v>0.0</v>
       </c>
       <c r="G116">
-        <v>1.318</v>
+        <v>0.0</v>
       </c>
       <c r="H116">
-        <v>177755.18</v>
+        <v>0.0</v>
       </c>
       <c r="I116">
-        <v>262</v>
+        <v>0</v>
       </c>
       <c r="J116">
-        <v>1.32</v>
+        <v>0.0</v>
       </c>
       <c r="K116" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
         <v>241</v>
       </c>
       <c r="B117" s="1">
         <v>45975.0</v>
       </c>
       <c r="C117">
-        <v>5.85</v>
+        <v>7.27</v>
       </c>
       <c r="D117">
-        <v>0.0</v>
+        <v>-1.7568</v>
       </c>
       <c r="E117">
-        <v>0</v>
+        <v>15456</v>
       </c>
       <c r="F117">
-        <v>0.0</v>
+        <v>7.33</v>
       </c>
       <c r="G117">
-        <v>0.0</v>
+        <v>7.16</v>
       </c>
       <c r="H117">
-        <v>0.0</v>
+        <v>111784.91</v>
       </c>
       <c r="I117">
-        <v>0</v>
+        <v>73</v>
       </c>
       <c r="J117">
-        <v>0.0</v>
+        <v>7.3</v>
       </c>
       <c r="K117" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
         <v>243</v>
       </c>
       <c r="B118" s="1">
         <v>45975.0</v>
       </c>
       <c r="C118">
-        <v>7.27</v>
+        <v>1.4</v>
       </c>
       <c r="D118">
-        <v>-1.7568</v>
+        <v>5.2632</v>
       </c>
       <c r="E118">
-        <v>15456</v>
+        <v>10737</v>
       </c>
       <c r="F118">
-        <v>7.33</v>
+        <v>1.4</v>
       </c>
       <c r="G118">
-        <v>7.16</v>
+        <v>1.325</v>
       </c>
       <c r="H118">
-        <v>111784.91</v>
+        <v>14623.14</v>
       </c>
       <c r="I118">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="J118">
-        <v>7.3</v>
+        <v>1.33</v>
       </c>
       <c r="K118" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s">
         <v>245</v>
       </c>
       <c r="B119" s="1">
         <v>45975.0</v>
       </c>
       <c r="C119">
-        <v>1.4</v>
+        <v>5.63</v>
       </c>
       <c r="D119">
-        <v>5.2632</v>
+        <v>-0.4421</v>
       </c>
       <c r="E119">
-        <v>10737</v>
+        <v>57485</v>
       </c>
       <c r="F119">
-        <v>1.4</v>
+        <v>5.69</v>
       </c>
       <c r="G119">
-        <v>1.325</v>
+        <v>5.54</v>
       </c>
       <c r="H119">
-        <v>14623.14</v>
+        <v>322315.14</v>
       </c>
       <c r="I119">
-        <v>41</v>
+        <v>189</v>
       </c>
       <c r="J119">
-        <v>1.33</v>
+        <v>5.69</v>
       </c>
       <c r="K119" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s">
         <v>247</v>
       </c>
       <c r="B120" s="1">
         <v>45975.0</v>
       </c>
       <c r="C120">
-        <v>5.63</v>
+        <v>1.36</v>
       </c>
       <c r="D120">
-        <v>-0.4421</v>
+        <v>1.0401</v>
       </c>
       <c r="E120">
-        <v>57485</v>
+        <v>46754</v>
       </c>
       <c r="F120">
-        <v>5.69</v>
+        <v>1.36</v>
       </c>
       <c r="G120">
-        <v>5.54</v>
+        <v>1.32</v>
       </c>
       <c r="H120">
-        <v>322315.14</v>
+        <v>62213.56</v>
       </c>
       <c r="I120">
-        <v>189</v>
+        <v>115</v>
       </c>
       <c r="J120">
-        <v>5.69</v>
+        <v>1.346</v>
       </c>
       <c r="K120" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s">
         <v>249</v>
       </c>
       <c r="B121" s="1">
         <v>45975.0</v>
       </c>
       <c r="C121">
-        <v>1.36</v>
+        <v>6.89</v>
       </c>
       <c r="D121">
-        <v>1.0401</v>
+        <v>-0.2894</v>
       </c>
       <c r="E121">
-        <v>46754</v>
+        <v>25783</v>
       </c>
       <c r="F121">
-        <v>1.36</v>
+        <v>6.89</v>
       </c>
       <c r="G121">
-        <v>1.32</v>
+        <v>6.79</v>
       </c>
       <c r="H121">
-        <v>62213.56</v>
+        <v>176129.1</v>
       </c>
       <c r="I121">
-        <v>115</v>
+        <v>135</v>
       </c>
       <c r="J121">
-        <v>1.346</v>
+        <v>6.83</v>
       </c>
       <c r="K121" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" t="s">
         <v>251</v>
       </c>
       <c r="B122" s="1">
         <v>45975.0</v>
       </c>
       <c r="C122">
-        <v>6.89</v>
+        <v>5.08</v>
       </c>
       <c r="D122">
-        <v>-0.2894</v>
+        <v>-0.3922</v>
       </c>
       <c r="E122">
-        <v>25783</v>
+        <v>10180</v>
       </c>
       <c r="F122">
-        <v>6.89</v>
+        <v>5.1</v>
       </c>
       <c r="G122">
-        <v>6.79</v>
+        <v>4.98</v>
       </c>
       <c r="H122">
-        <v>176129.1</v>
+        <v>51283.35</v>
       </c>
       <c r="I122">
-        <v>135</v>
+        <v>47</v>
       </c>
       <c r="J122">
-        <v>6.83</v>
+        <v>5.08</v>
       </c>
       <c r="K122" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s">
         <v>253</v>
       </c>
       <c r="B123" s="1">
         <v>45975.0</v>
       </c>
       <c r="C123">
-        <v>5.08</v>
+        <v>1.695</v>
       </c>
       <c r="D123">
-        <v>-0.3922</v>
+        <v>-0.2941</v>
       </c>
       <c r="E123">
-        <v>10180</v>
+        <v>12698</v>
       </c>
       <c r="F123">
-        <v>5.1</v>
+        <v>1.7</v>
       </c>
       <c r="G123">
-        <v>4.98</v>
+        <v>1.675</v>
       </c>
       <c r="H123">
-        <v>51283.35</v>
+        <v>21435.26</v>
       </c>
       <c r="I123">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="J123">
-        <v>5.08</v>
+        <v>1.675</v>
       </c>
       <c r="K123" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s">
         <v>255</v>
       </c>
       <c r="B124" s="1">
         <v>45975.0</v>
       </c>
       <c r="C124">
-        <v>1.695</v>
+        <v>12.4</v>
       </c>
       <c r="D124">
-        <v>-0.2941</v>
+        <v>-0.161</v>
       </c>
       <c r="E124">
-        <v>12698</v>
+        <v>17486</v>
       </c>
       <c r="F124">
-        <v>1.7</v>
+        <v>12.42</v>
       </c>
       <c r="G124">
-        <v>1.675</v>
+        <v>12.32</v>
       </c>
       <c r="H124">
-        <v>21435.26</v>
+        <v>216289.5</v>
       </c>
       <c r="I124">
-        <v>49</v>
+        <v>251</v>
       </c>
       <c r="J124">
-        <v>1.675</v>
+        <v>12.36</v>
       </c>
       <c r="K124" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s">
         <v>257</v>
       </c>
       <c r="B125" s="1">
         <v>45975.0</v>
       </c>
       <c r="C125">
-        <v>12.4</v>
+        <v>1.805</v>
       </c>
       <c r="D125">
-        <v>-0.161</v>
+        <v>20.7358</v>
       </c>
       <c r="E125">
-        <v>17486</v>
+        <v>37098</v>
       </c>
       <c r="F125">
-        <v>12.42</v>
+        <v>1.85</v>
       </c>
       <c r="G125">
-        <v>12.32</v>
+        <v>1.495</v>
       </c>
       <c r="H125">
-        <v>216289.5</v>
+        <v>63477.2</v>
       </c>
       <c r="I125">
-        <v>251</v>
+        <v>146</v>
       </c>
       <c r="J125">
-        <v>12.36</v>
+        <v>1.52</v>
       </c>
       <c r="K125" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s">
         <v>259</v>
       </c>
       <c r="B126" s="1">
         <v>45975.0</v>
       </c>
       <c r="C126">
-        <v>1.805</v>
+        <v>7.46</v>
       </c>
       <c r="D126">
-        <v>20.7358</v>
+        <v>-1.3228</v>
       </c>
       <c r="E126">
-        <v>37098</v>
+        <v>1535</v>
       </c>
       <c r="F126">
-        <v>1.85</v>
+        <v>7.5</v>
       </c>
       <c r="G126">
-        <v>1.495</v>
+        <v>7.3</v>
       </c>
       <c r="H126">
-        <v>63477.2</v>
+        <v>11323.84</v>
       </c>
       <c r="I126">
-        <v>146</v>
+        <v>17</v>
       </c>
       <c r="J126">
-        <v>1.52</v>
+        <v>7.5</v>
       </c>
       <c r="K126" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s">
         <v>261</v>
       </c>
       <c r="B127" s="1">
         <v>45975.0</v>
       </c>
       <c r="C127">
-        <v>7.46</v>
+        <v>0.138</v>
       </c>
       <c r="D127">
-        <v>-1.3228</v>
+        <v>0.0</v>
       </c>
       <c r="E127">
-        <v>1535</v>
+        <v>0</v>
       </c>
       <c r="F127">
-        <v>7.5</v>
+        <v>0.0</v>
       </c>
       <c r="G127">
-        <v>7.3</v>
+        <v>0.0</v>
       </c>
       <c r="H127">
-        <v>11323.84</v>
+        <v>0.0</v>
       </c>
       <c r="I127">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="J127">
-        <v>7.5</v>
+        <v>0.0</v>
       </c>
       <c r="K127" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s">
         <v>263</v>
       </c>
       <c r="B128" s="1">
         <v>45975.0</v>
       </c>
       <c r="C128">
-        <v>0.138</v>
+        <v>15.05</v>
       </c>
       <c r="D128">
-        <v>0.0</v>
+        <v>-0.9868</v>
       </c>
       <c r="E128">
-        <v>0</v>
+        <v>3068</v>
       </c>
       <c r="F128">
-        <v>0.0</v>
+        <v>15.1</v>
       </c>
       <c r="G128">
-        <v>0.0</v>
+        <v>14.95</v>
       </c>
       <c r="H128">
-        <v>0.0</v>
+        <v>46056.35</v>
       </c>
       <c r="I128">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="J128">
-        <v>0.0</v>
+        <v>15.0</v>
       </c>
       <c r="K128" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s">
         <v>265</v>
       </c>
       <c r="B129" s="1">
         <v>45975.0</v>
       </c>
       <c r="C129">
-        <v>15.05</v>
+        <v>43.9</v>
       </c>
       <c r="D129">
-        <v>-0.9868</v>
+        <v>1.2687</v>
       </c>
       <c r="E129">
-        <v>3068</v>
+        <v>150147</v>
       </c>
       <c r="F129">
-        <v>15.1</v>
+        <v>43.9</v>
       </c>
       <c r="G129">
-        <v>14.95</v>
+        <v>42.15</v>
       </c>
       <c r="H129">
-        <v>46056.35</v>
+        <v>6486135.1</v>
       </c>
       <c r="I129">
-        <v>46</v>
+        <v>1431</v>
       </c>
       <c r="J129">
-        <v>15.0</v>
+        <v>42.4</v>
       </c>
       <c r="K129" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s">
         <v>267</v>
       </c>
       <c r="B130" s="1">
         <v>45975.0</v>
       </c>
       <c r="C130">
-        <v>43.9</v>
+        <v>7.036</v>
       </c>
       <c r="D130">
-        <v>1.2687</v>
+        <v>-1.4566</v>
       </c>
       <c r="E130">
-        <v>150147</v>
+        <v>1936570</v>
       </c>
       <c r="F130">
-        <v>43.9</v>
+        <v>7.11</v>
       </c>
       <c r="G130">
-        <v>42.15</v>
+        <v>6.982</v>
       </c>
       <c r="H130">
-        <v>6486135.1</v>
+        <v>13624892.32</v>
       </c>
       <c r="I130">
-        <v>1431</v>
+        <v>3485</v>
       </c>
       <c r="J130">
-        <v>42.4</v>
+        <v>7.024</v>
       </c>
       <c r="K130" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" t="s">
         <v>269</v>
       </c>
       <c r="B131" s="1">
         <v>45975.0</v>
       </c>
       <c r="C131">
-        <v>7.036</v>
+        <v>1.22</v>
       </c>
       <c r="D131">
-        <v>-1.4566</v>
+        <v>-0.813</v>
       </c>
       <c r="E131">
-        <v>1936570</v>
+        <v>5232</v>
       </c>
       <c r="F131">
-        <v>7.11</v>
+        <v>1.23</v>
       </c>
       <c r="G131">
-        <v>6.982</v>
+        <v>1.22</v>
       </c>
       <c r="H131">
-        <v>13624892.32</v>
+        <v>6411.04</v>
       </c>
       <c r="I131">
-        <v>3485</v>
+        <v>16</v>
       </c>
       <c r="J131">
-        <v>7.024</v>
+        <v>1.23</v>
       </c>
       <c r="K131" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" t="s">
         <v>271</v>
       </c>
       <c r="B132" s="1">
         <v>45975.0</v>
       </c>
       <c r="C132">
-        <v>1.22</v>
+        <v>1.78</v>
       </c>
       <c r="D132">
-        <v>-0.813</v>
+        <v>0.0</v>
       </c>
       <c r="E132">
-        <v>5232</v>
+        <v>80592</v>
       </c>
       <c r="F132">
-        <v>1.23</v>
+        <v>1.785</v>
       </c>
       <c r="G132">
-        <v>1.22</v>
+        <v>1.775</v>
       </c>
       <c r="H132">
-        <v>6411.04</v>
+        <v>143466.47</v>
       </c>
       <c r="I132">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="J132">
-        <v>1.23</v>
+        <v>1.78</v>
       </c>
       <c r="K132" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s">
         <v>273</v>
       </c>
       <c r="B133" s="1">
         <v>45975.0</v>
       </c>
       <c r="C133">
-        <v>1.78</v>
+        <v>9.85</v>
       </c>
       <c r="D133">
-        <v>0.0</v>
+        <v>1.1294</v>
       </c>
       <c r="E133">
-        <v>80592</v>
+        <v>258532</v>
       </c>
       <c r="F133">
-        <v>1.785</v>
+        <v>9.96</v>
       </c>
       <c r="G133">
-        <v>1.775</v>
+        <v>9.63</v>
       </c>
       <c r="H133">
-        <v>143466.47</v>
+        <v>2539209.62</v>
       </c>
       <c r="I133">
-        <v>81</v>
+        <v>1169</v>
       </c>
       <c r="J133">
-        <v>1.78</v>
+        <v>9.74</v>
       </c>
       <c r="K133" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" t="s">
         <v>275</v>
       </c>
       <c r="B134" s="1">
         <v>45975.0</v>
       </c>
       <c r="C134">
-        <v>9.85</v>
+        <v>2.28</v>
       </c>
       <c r="D134">
-        <v>1.1294</v>
+        <v>-1.7241</v>
       </c>
       <c r="E134">
-        <v>258532</v>
+        <v>893</v>
       </c>
       <c r="F134">
-        <v>9.96</v>
+        <v>2.34</v>
       </c>
       <c r="G134">
-        <v>9.63</v>
+        <v>2.26</v>
       </c>
       <c r="H134">
-        <v>2539209.62</v>
+        <v>2041.14</v>
       </c>
       <c r="I134">
-        <v>1169</v>
+        <v>10</v>
       </c>
       <c r="J134">
-        <v>9.74</v>
+        <v>2.34</v>
       </c>
       <c r="K134" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" t="s">
         <v>277</v>
       </c>
       <c r="B135" s="1">
         <v>45975.0</v>
       </c>
       <c r="C135">
-        <v>2.28</v>
+        <v>0.268</v>
       </c>
       <c r="D135">
-        <v>-1.7241</v>
+        <v>1.1321</v>
       </c>
       <c r="E135">
-        <v>893</v>
+        <v>17570</v>
       </c>
       <c r="F135">
-        <v>2.34</v>
+        <v>0.269</v>
       </c>
       <c r="G135">
-        <v>2.26</v>
+        <v>0.261</v>
       </c>
       <c r="H135">
-        <v>2041.14</v>
+        <v>4695.12</v>
       </c>
       <c r="I135">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="J135">
-        <v>2.34</v>
+        <v>0.268</v>
       </c>
       <c r="K135" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" t="s">
         <v>279</v>
       </c>
       <c r="B136" s="1">
         <v>45975.0</v>
       </c>
       <c r="C136">
-        <v>0.268</v>
+        <v>0.44</v>
       </c>
       <c r="D136">
-        <v>1.1321</v>
+        <v>0.0</v>
       </c>
       <c r="E136">
-        <v>17570</v>
+        <v>0</v>
       </c>
       <c r="F136">
-        <v>0.269</v>
+        <v>0.0</v>
       </c>
       <c r="G136">
-        <v>0.261</v>
+        <v>0.0</v>
       </c>
       <c r="H136">
-        <v>4695.12</v>
+        <v>0.0</v>
       </c>
       <c r="I136">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="J136">
-        <v>0.268</v>
+        <v>0.0</v>
       </c>
       <c r="K136" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" t="s">
         <v>281</v>
       </c>
       <c r="B137" s="1">
         <v>45975.0</v>
       </c>
       <c r="C137">
-        <v>0.44</v>
+        <v>0.16</v>
       </c>
       <c r="D137">
         <v>0.0</v>
       </c>
       <c r="E137">
         <v>0</v>
       </c>
       <c r="F137">
         <v>0.0</v>
       </c>
       <c r="G137">
         <v>0.0</v>
       </c>
       <c r="H137">
         <v>0.0</v>
       </c>
       <c r="I137">
         <v>0</v>
       </c>
       <c r="J137">
         <v>0.0</v>
       </c>
       <c r="K137" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" t="s">
         <v>283</v>
       </c>
       <c r="B138" s="1">
         <v>45975.0</v>
       </c>
       <c r="C138">
-        <v>0.16</v>
+        <v>2.03</v>
       </c>
       <c r="D138">
-        <v>0.0</v>
+        <v>-1.9324</v>
       </c>
       <c r="E138">
-        <v>0</v>
+        <v>14335</v>
       </c>
       <c r="F138">
-        <v>0.0</v>
+        <v>2.09</v>
       </c>
       <c r="G138">
-        <v>0.0</v>
+        <v>2.02</v>
       </c>
       <c r="H138">
-        <v>0.0</v>
+        <v>29427.67</v>
       </c>
       <c r="I138">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="J138">
-        <v>0.0</v>
+        <v>2.02</v>
       </c>
       <c r="K138" t="s">
         <v>284</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>