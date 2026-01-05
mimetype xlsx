--- v0 (2025-12-12)
+++ v1 (2026-01-05)
@@ -332,51 +332,51 @@
   <si>
     <t>GRS088003017</t>
   </si>
   <si>
     <t>ELTON</t>
   </si>
   <si>
     <t>GRS397003005</t>
   </si>
   <si>
     <t>EPIL</t>
   </si>
   <si>
     <t>GRS045003001</t>
   </si>
   <si>
     <t>ETE</t>
   </si>
   <si>
     <t>GRS003003035</t>
   </si>
   <si>
     <t>EUROB</t>
   </si>
   <si>
-    <t>GRS323003012</t>
+    <t>GRS829003003</t>
   </si>
   <si>
     <t>EVR</t>
   </si>
   <si>
     <t>GRS474003001</t>
   </si>
   <si>
     <t>EVROF</t>
   </si>
   <si>
     <t>GRS385113006</t>
   </si>
   <si>
     <t>EXAE</t>
   </si>
   <si>
     <t>GRS395363005</t>
   </si>
   <si>
     <t>EYAPS</t>
   </si>
   <si>
     <t>GRS428003008</t>
   </si>
@@ -818,51 +818,51 @@
   <si>
     <t>GRS402003008</t>
   </si>
   <si>
     <t>SPIR</t>
   </si>
   <si>
     <t>GRS284183001</t>
   </si>
   <si>
     <t>TELL</t>
   </si>
   <si>
     <t>GRS004013009</t>
   </si>
   <si>
     <t>TITC</t>
   </si>
   <si>
     <t>BE0974338700</t>
   </si>
   <si>
     <t>TPEIR</t>
   </si>
   <si>
-    <t>GRS014003032</t>
+    <t>GRS831003009</t>
   </si>
   <si>
     <t>TRASTOR</t>
   </si>
   <si>
     <t>GRS487003006</t>
   </si>
   <si>
     <t>TRESTATES</t>
   </si>
   <si>
     <t>GRS534003009</t>
   </si>
   <si>
     <t>VIO</t>
   </si>
   <si>
     <t>BE0974271034</t>
   </si>
   <si>
     <t>VOSYS</t>
   </si>
   <si>
     <t>GRS407183003</t>
   </si>