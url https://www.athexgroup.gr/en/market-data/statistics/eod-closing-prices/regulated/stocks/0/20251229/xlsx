--- v0 (2026-01-05)
+++ v1 (2026-01-27)
@@ -197,50 +197,56 @@
   <si>
     <t>BIOT</t>
   </si>
   <si>
     <t>GRS135003002</t>
   </si>
   <si>
     <t>BLEKEDROS</t>
   </si>
   <si>
     <t>GRS524003001</t>
   </si>
   <si>
     <t>BOCHGR</t>
   </si>
   <si>
     <t>IE00BD5B1Y92</t>
   </si>
   <si>
     <t>BRIQ</t>
   </si>
   <si>
     <t>GRS517003000</t>
   </si>
   <si>
+    <t>BYLOT</t>
+  </si>
+  <si>
+    <t>GRS343313003</t>
+  </si>
+  <si>
     <t>CENER</t>
   </si>
   <si>
     <t>BE0974303357</t>
   </si>
   <si>
     <t>CENTR</t>
   </si>
   <si>
     <t>GRS449003003</t>
   </si>
   <si>
     <t>CNLCAP</t>
   </si>
   <si>
     <t>GRS520003005</t>
   </si>
   <si>
     <t>CPI</t>
   </si>
   <si>
     <t>GRS413313008</t>
   </si>
   <si>
     <t>CREDIA</t>
@@ -435,56 +441,50 @@
     <t>GRS260333000</t>
   </si>
   <si>
     <t>IATR</t>
   </si>
   <si>
     <t>GRS147233001</t>
   </si>
   <si>
     <t>IKTIN</t>
   </si>
   <si>
     <t>GRS372003004</t>
   </si>
   <si>
     <t>ILYDA</t>
   </si>
   <si>
     <t>GRS475003018</t>
   </si>
   <si>
     <t>INLIF</t>
   </si>
   <si>
     <t>GRS805003001</t>
-  </si>
-[...4 lines deleted...]
-    <t>GRS343313003</t>
   </si>
   <si>
     <t>INTEK</t>
   </si>
   <si>
     <t>GRS148003015</t>
   </si>
   <si>
     <t>INTET</t>
   </si>
   <si>
     <t>GRS247003007</t>
   </si>
   <si>
     <t>INTRK</t>
   </si>
   <si>
     <t>GRS087003000</t>
   </si>
   <si>
     <t>KARE</t>
   </si>
   <si>
     <t>GRS120003009</t>
   </si>
@@ -2146,1472 +2146,1472 @@
       </c>
       <c r="G26">
         <v>2.96</v>
       </c>
       <c r="H26">
         <v>37787.36</v>
       </c>
       <c r="I26">
         <v>26</v>
       </c>
       <c r="J26">
         <v>2.99</v>
       </c>
       <c r="K26" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="1">
         <v>46020.0</v>
       </c>
       <c r="C27">
-        <v>15.16</v>
+        <v>1.058</v>
       </c>
       <c r="D27">
-        <v>-1.3021</v>
+        <v>1.5355</v>
       </c>
       <c r="E27">
-        <v>83878</v>
+        <v>4740790</v>
       </c>
       <c r="F27">
-        <v>15.36</v>
+        <v>1.068</v>
       </c>
       <c r="G27">
-        <v>14.96</v>
+        <v>1.036</v>
       </c>
       <c r="H27">
-        <v>1263535.68</v>
+        <v>5015776.54</v>
       </c>
       <c r="I27">
-        <v>520</v>
+        <v>800</v>
       </c>
       <c r="J27">
-        <v>15.2</v>
+        <v>1.044</v>
       </c>
       <c r="K27" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="1">
         <v>46020.0</v>
       </c>
       <c r="C28">
-        <v>0.339</v>
+        <v>15.16</v>
       </c>
       <c r="D28">
-        <v>2.4169</v>
+        <v>-1.3021</v>
       </c>
       <c r="E28">
-        <v>15510</v>
+        <v>83878</v>
       </c>
       <c r="F28">
-        <v>0.342</v>
+        <v>15.36</v>
       </c>
       <c r="G28">
-        <v>0.333</v>
+        <v>14.96</v>
       </c>
       <c r="H28">
-        <v>5201.89</v>
+        <v>1263535.68</v>
       </c>
       <c r="I28">
-        <v>19</v>
+        <v>520</v>
       </c>
       <c r="J28">
-        <v>0.342</v>
+        <v>15.2</v>
       </c>
       <c r="K28" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="1">
         <v>46020.0</v>
       </c>
       <c r="C29">
-        <v>7.1</v>
+        <v>0.339</v>
       </c>
       <c r="D29">
-        <v>0.7092</v>
+        <v>2.4169</v>
       </c>
       <c r="E29">
-        <v>120</v>
+        <v>15510</v>
       </c>
       <c r="F29">
-        <v>7.1</v>
+        <v>0.342</v>
       </c>
       <c r="G29">
-        <v>7.1</v>
+        <v>0.333</v>
       </c>
       <c r="H29">
-        <v>852.0</v>
+        <v>5201.89</v>
       </c>
       <c r="I29">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="J29">
-        <v>7.1</v>
+        <v>0.342</v>
       </c>
       <c r="K29" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="1">
         <v>46020.0</v>
       </c>
       <c r="C30">
-        <v>0.61</v>
+        <v>7.1</v>
       </c>
       <c r="D30">
-        <v>-2.8662</v>
+        <v>0.7092</v>
       </c>
       <c r="E30">
-        <v>19827</v>
+        <v>120</v>
       </c>
       <c r="F30">
-        <v>0.634</v>
+        <v>7.1</v>
       </c>
       <c r="G30">
-        <v>0.6</v>
+        <v>7.1</v>
       </c>
       <c r="H30">
-        <v>12122.07</v>
+        <v>852.0</v>
       </c>
       <c r="I30">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="J30">
-        <v>0.63</v>
+        <v>7.1</v>
       </c>
       <c r="K30" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="1">
         <v>46020.0</v>
       </c>
       <c r="C31">
-        <v>1.598</v>
+        <v>0.61</v>
       </c>
       <c r="D31">
-        <v>1.6539</v>
+        <v>-2.8662</v>
       </c>
       <c r="E31">
-        <v>712311</v>
+        <v>19827</v>
       </c>
       <c r="F31">
-        <v>1.622</v>
+        <v>0.634</v>
       </c>
       <c r="G31">
-        <v>1.576</v>
+        <v>0.6</v>
       </c>
       <c r="H31">
-        <v>1142639.71</v>
+        <v>12122.07</v>
       </c>
       <c r="I31">
-        <v>531</v>
+        <v>52</v>
       </c>
       <c r="J31">
-        <v>1.578</v>
+        <v>0.63</v>
       </c>
       <c r="K31" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="1">
         <v>46020.0</v>
       </c>
       <c r="C32">
-        <v>7.0</v>
+        <v>1.598</v>
       </c>
       <c r="D32">
-        <v>0.7194</v>
+        <v>1.6539</v>
       </c>
       <c r="E32">
-        <v>690</v>
+        <v>712311</v>
       </c>
       <c r="F32">
-        <v>7.1</v>
+        <v>1.622</v>
       </c>
       <c r="G32">
-        <v>6.95</v>
+        <v>1.576</v>
       </c>
       <c r="H32">
-        <v>4837.5</v>
+        <v>1142639.71</v>
       </c>
       <c r="I32">
-        <v>17</v>
+        <v>531</v>
       </c>
       <c r="J32">
-        <v>7.0</v>
+        <v>1.578</v>
       </c>
       <c r="K32" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="1">
         <v>46020.0</v>
       </c>
       <c r="C33">
-        <v>10.9</v>
+        <v>7.0</v>
       </c>
       <c r="D33">
-        <v>1.3953</v>
+        <v>0.7194</v>
       </c>
       <c r="E33">
-        <v>15456</v>
+        <v>690</v>
       </c>
       <c r="F33">
-        <v>10.9</v>
+        <v>7.1</v>
       </c>
       <c r="G33">
-        <v>10.5</v>
+        <v>6.95</v>
       </c>
       <c r="H33">
-        <v>164822.5</v>
+        <v>4837.5</v>
       </c>
       <c r="I33">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="J33">
-        <v>10.7</v>
+        <v>7.0</v>
       </c>
       <c r="K33" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="1">
         <v>46020.0</v>
       </c>
       <c r="C34">
-        <v>2.22</v>
+        <v>10.9</v>
       </c>
       <c r="D34">
-        <v>-0.4484</v>
+        <v>1.3953</v>
       </c>
       <c r="E34">
-        <v>11091</v>
+        <v>15456</v>
       </c>
       <c r="F34">
-        <v>2.26</v>
+        <v>10.9</v>
       </c>
       <c r="G34">
-        <v>2.2</v>
+        <v>10.5</v>
       </c>
       <c r="H34">
-        <v>24643.83</v>
+        <v>164822.5</v>
       </c>
       <c r="I34">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="J34">
-        <v>2.23</v>
+        <v>10.7</v>
       </c>
       <c r="K34" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="1">
         <v>46020.0</v>
       </c>
       <c r="C35">
-        <v>0.36</v>
+        <v>2.22</v>
       </c>
       <c r="D35">
-        <v>0.8403</v>
+        <v>-0.4484</v>
       </c>
       <c r="E35">
-        <v>2300</v>
+        <v>11091</v>
       </c>
       <c r="F35">
-        <v>0.367</v>
+        <v>2.26</v>
       </c>
       <c r="G35">
-        <v>0.348</v>
+        <v>2.2</v>
       </c>
       <c r="H35">
-        <v>822.58</v>
+        <v>24643.83</v>
       </c>
       <c r="I35">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="J35">
-        <v>0.367</v>
+        <v>2.23</v>
       </c>
       <c r="K35" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="1">
         <v>46020.0</v>
       </c>
       <c r="C36">
-        <v>0.25</v>
+        <v>0.36</v>
       </c>
       <c r="D36">
-        <v>0.0</v>
+        <v>0.8403</v>
       </c>
       <c r="E36">
-        <v>0</v>
+        <v>2300</v>
       </c>
       <c r="F36">
-        <v>0.0</v>
+        <v>0.367</v>
       </c>
       <c r="G36">
-        <v>0.0</v>
+        <v>0.348</v>
       </c>
       <c r="H36">
-        <v>0.0</v>
+        <v>822.58</v>
       </c>
       <c r="I36">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="J36">
-        <v>0.0</v>
+        <v>0.367</v>
       </c>
       <c r="K36" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="1">
         <v>46020.0</v>
       </c>
       <c r="C37">
-        <v>43.8</v>
+        <v>0.25</v>
       </c>
       <c r="D37">
-        <v>-0.4093</v>
+        <v>0.0</v>
       </c>
       <c r="E37">
-        <v>1343</v>
+        <v>0</v>
       </c>
       <c r="F37">
-        <v>44.26</v>
+        <v>0.0</v>
       </c>
       <c r="G37">
-        <v>43.8</v>
+        <v>0.0</v>
       </c>
       <c r="H37">
-        <v>58987.82</v>
+        <v>0.0</v>
       </c>
       <c r="I37">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="J37">
-        <v>44.26</v>
+        <v>0.0</v>
       </c>
       <c r="K37" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="1">
         <v>46020.0</v>
       </c>
       <c r="C38">
-        <v>1.988</v>
+        <v>43.8</v>
       </c>
       <c r="D38">
-        <v>1.4286</v>
+        <v>-0.4093</v>
       </c>
       <c r="E38">
-        <v>54610</v>
+        <v>1343</v>
       </c>
       <c r="F38">
-        <v>1.99</v>
+        <v>44.26</v>
       </c>
       <c r="G38">
-        <v>1.936</v>
+        <v>43.8</v>
       </c>
       <c r="H38">
-        <v>106941.54</v>
+        <v>58987.82</v>
       </c>
       <c r="I38">
-        <v>131</v>
+        <v>36</v>
       </c>
       <c r="J38">
-        <v>1.99</v>
+        <v>44.26</v>
       </c>
       <c r="K38" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="1">
         <v>46020.0</v>
       </c>
       <c r="C39">
-        <v>3.68</v>
+        <v>1.988</v>
       </c>
       <c r="D39">
-        <v>1.5172</v>
+        <v>1.4286</v>
       </c>
       <c r="E39">
-        <v>28517</v>
+        <v>54610</v>
       </c>
       <c r="F39">
-        <v>3.68</v>
+        <v>1.99</v>
       </c>
       <c r="G39">
-        <v>3.605</v>
+        <v>1.936</v>
       </c>
       <c r="H39">
-        <v>103843.98</v>
+        <v>106941.54</v>
       </c>
       <c r="I39">
-        <v>167</v>
+        <v>131</v>
       </c>
       <c r="J39">
-        <v>3.645</v>
+        <v>1.99</v>
       </c>
       <c r="K39" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="1">
         <v>46020.0</v>
       </c>
       <c r="C40">
-        <v>5.35</v>
+        <v>3.68</v>
       </c>
       <c r="D40">
-        <v>0.0</v>
+        <v>1.5172</v>
       </c>
       <c r="E40">
-        <v>43</v>
+        <v>28517</v>
       </c>
       <c r="F40">
-        <v>5.35</v>
+        <v>3.68</v>
       </c>
       <c r="G40">
-        <v>5.35</v>
+        <v>3.605</v>
       </c>
       <c r="H40">
-        <v>230.05</v>
+        <v>103843.98</v>
       </c>
       <c r="I40">
-        <v>2</v>
+        <v>167</v>
       </c>
       <c r="J40">
-        <v>5.35</v>
+        <v>3.645</v>
       </c>
       <c r="K40" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="1">
         <v>46020.0</v>
       </c>
       <c r="C41">
-        <v>3.86</v>
+        <v>5.35</v>
       </c>
       <c r="D41">
-        <v>-2.8931</v>
+        <v>0.0</v>
       </c>
       <c r="E41">
-        <v>112545</v>
+        <v>43</v>
       </c>
       <c r="F41">
-        <v>4.0</v>
+        <v>5.35</v>
       </c>
       <c r="G41">
-        <v>3.86</v>
+        <v>5.35</v>
       </c>
       <c r="H41">
-        <v>438924.93</v>
+        <v>230.05</v>
       </c>
       <c r="I41">
-        <v>289</v>
+        <v>2</v>
       </c>
       <c r="J41">
-        <v>4.0</v>
+        <v>5.35</v>
       </c>
       <c r="K41" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="1">
         <v>46020.0</v>
       </c>
       <c r="C42">
-        <v>2.31</v>
+        <v>3.86</v>
       </c>
       <c r="D42">
-        <v>0.0</v>
+        <v>-2.8931</v>
       </c>
       <c r="E42">
-        <v>2339</v>
+        <v>112545</v>
       </c>
       <c r="F42">
-        <v>2.32</v>
+        <v>4.0</v>
       </c>
       <c r="G42">
-        <v>2.28</v>
+        <v>3.86</v>
       </c>
       <c r="H42">
-        <v>5378.0</v>
+        <v>438924.93</v>
       </c>
       <c r="I42">
-        <v>15</v>
+        <v>289</v>
       </c>
       <c r="J42">
-        <v>2.32</v>
+        <v>4.0</v>
       </c>
       <c r="K42" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="1">
         <v>46020.0</v>
       </c>
       <c r="C43">
-        <v>1.302</v>
+        <v>2.31</v>
       </c>
       <c r="D43">
-        <v>-1.5129</v>
+        <v>0.0</v>
       </c>
       <c r="E43">
-        <v>529711</v>
+        <v>2339</v>
       </c>
       <c r="F43">
-        <v>1.32</v>
+        <v>2.32</v>
       </c>
       <c r="G43">
-        <v>1.29</v>
+        <v>2.28</v>
       </c>
       <c r="H43">
-        <v>690517.83</v>
+        <v>5378.0</v>
       </c>
       <c r="I43">
-        <v>539</v>
+        <v>15</v>
       </c>
       <c r="J43">
-        <v>1.32</v>
+        <v>2.32</v>
       </c>
       <c r="K43" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="1">
         <v>46020.0</v>
       </c>
       <c r="C44">
-        <v>8.47</v>
+        <v>1.302</v>
       </c>
       <c r="D44">
-        <v>-0.2943</v>
+        <v>-1.5129</v>
       </c>
       <c r="E44">
-        <v>160155</v>
+        <v>529711</v>
       </c>
       <c r="F44">
-        <v>8.52</v>
+        <v>1.32</v>
       </c>
       <c r="G44">
-        <v>8.43</v>
+        <v>1.29</v>
       </c>
       <c r="H44">
-        <v>1355143.18</v>
+        <v>690517.83</v>
       </c>
       <c r="I44">
-        <v>503</v>
+        <v>539</v>
       </c>
       <c r="J44">
-        <v>8.5</v>
+        <v>1.32</v>
       </c>
       <c r="K44" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="1">
         <v>46020.0</v>
       </c>
       <c r="C45">
-        <v>2.42</v>
+        <v>8.47</v>
       </c>
       <c r="D45">
-        <v>-2.0243</v>
+        <v>-0.2943</v>
       </c>
       <c r="E45">
-        <v>7386</v>
+        <v>160155</v>
       </c>
       <c r="F45">
-        <v>2.47</v>
+        <v>8.52</v>
       </c>
       <c r="G45">
-        <v>2.4</v>
+        <v>8.43</v>
       </c>
       <c r="H45">
-        <v>17901.36</v>
+        <v>1355143.18</v>
       </c>
       <c r="I45">
-        <v>36</v>
+        <v>503</v>
       </c>
       <c r="J45">
-        <v>2.47</v>
+        <v>8.5</v>
       </c>
       <c r="K45" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="1">
         <v>46020.0</v>
       </c>
       <c r="C46">
-        <v>2.14</v>
+        <v>2.42</v>
       </c>
       <c r="D46">
-        <v>0.4695</v>
+        <v>-2.0243</v>
       </c>
       <c r="E46">
-        <v>87026</v>
+        <v>7386</v>
       </c>
       <c r="F46">
-        <v>2.15</v>
+        <v>2.47</v>
       </c>
       <c r="G46">
-        <v>2.09</v>
+        <v>2.4</v>
       </c>
       <c r="H46">
-        <v>184152.73</v>
+        <v>17901.36</v>
       </c>
       <c r="I46">
-        <v>138</v>
+        <v>36</v>
       </c>
       <c r="J46">
-        <v>2.14</v>
+        <v>2.47</v>
       </c>
       <c r="K46" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="1">
         <v>46020.0</v>
       </c>
       <c r="C47">
-        <v>0.132</v>
+        <v>2.14</v>
       </c>
       <c r="D47">
-        <v>0.0</v>
+        <v>0.4695</v>
       </c>
       <c r="E47">
-        <v>0</v>
+        <v>87026</v>
       </c>
       <c r="F47">
-        <v>0.0</v>
+        <v>2.15</v>
       </c>
       <c r="G47">
-        <v>0.0</v>
+        <v>2.09</v>
       </c>
       <c r="H47">
-        <v>0.0</v>
+        <v>184152.73</v>
       </c>
       <c r="I47">
-        <v>0</v>
+        <v>138</v>
       </c>
       <c r="J47">
-        <v>0.0</v>
+        <v>2.14</v>
       </c>
       <c r="K47" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="1">
         <v>46020.0</v>
       </c>
       <c r="C48">
-        <v>13.215</v>
+        <v>0.132</v>
       </c>
       <c r="D48">
-        <v>-0.937</v>
+        <v>0.0</v>
       </c>
       <c r="E48">
-        <v>969735</v>
+        <v>0</v>
       </c>
       <c r="F48">
-        <v>13.5</v>
+        <v>0.0</v>
       </c>
       <c r="G48">
-        <v>13.18</v>
+        <v>0.0</v>
       </c>
       <c r="H48">
-        <v>12906848.76</v>
+        <v>0.0</v>
       </c>
       <c r="I48">
-        <v>2804</v>
+        <v>0</v>
       </c>
       <c r="J48">
-        <v>13.43</v>
+        <v>0.0</v>
       </c>
       <c r="K48" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="1">
         <v>46020.0</v>
       </c>
       <c r="C49">
-        <v>3.495</v>
+        <v>13.215</v>
       </c>
       <c r="D49">
-        <v>-1.4938</v>
+        <v>-0.937</v>
       </c>
       <c r="E49">
-        <v>3510445</v>
+        <v>969735</v>
       </c>
       <c r="F49">
-        <v>3.539</v>
+        <v>13.5</v>
       </c>
       <c r="G49">
-        <v>3.48</v>
+        <v>13.18</v>
       </c>
       <c r="H49">
-        <v>12277900.27</v>
+        <v>12906848.76</v>
       </c>
       <c r="I49">
-        <v>2314</v>
+        <v>2804</v>
       </c>
       <c r="J49">
-        <v>3.524</v>
+        <v>13.43</v>
       </c>
       <c r="K49" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
         <v>107</v>
       </c>
       <c r="B50" s="1">
         <v>46020.0</v>
       </c>
       <c r="C50">
-        <v>1.99</v>
+        <v>3.495</v>
       </c>
       <c r="D50">
-        <v>-0.5</v>
+        <v>-1.4938</v>
       </c>
       <c r="E50">
-        <v>18860</v>
+        <v>3510445</v>
       </c>
       <c r="F50">
-        <v>1.995</v>
+        <v>3.539</v>
       </c>
       <c r="G50">
-        <v>1.96</v>
+        <v>3.48</v>
       </c>
       <c r="H50">
-        <v>37238.1</v>
+        <v>12277900.27</v>
       </c>
       <c r="I50">
-        <v>38</v>
+        <v>2314</v>
       </c>
       <c r="J50">
-        <v>1.995</v>
+        <v>3.524</v>
       </c>
       <c r="K50" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
         <v>109</v>
       </c>
       <c r="B51" s="1">
         <v>46020.0</v>
       </c>
       <c r="C51">
-        <v>3.88</v>
+        <v>1.99</v>
       </c>
       <c r="D51">
-        <v>6.8871</v>
+        <v>-0.5</v>
       </c>
       <c r="E51">
-        <v>40602</v>
+        <v>18860</v>
       </c>
       <c r="F51">
-        <v>3.94</v>
+        <v>1.995</v>
       </c>
       <c r="G51">
-        <v>3.6</v>
+        <v>1.96</v>
       </c>
       <c r="H51">
-        <v>156767.23</v>
+        <v>37238.1</v>
       </c>
       <c r="I51">
-        <v>122</v>
+        <v>38</v>
       </c>
       <c r="J51">
-        <v>3.6</v>
+        <v>1.995</v>
       </c>
       <c r="K51" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="1">
         <v>46020.0</v>
       </c>
       <c r="C52">
-        <v>6.31</v>
+        <v>3.88</v>
       </c>
       <c r="D52">
-        <v>0.318</v>
+        <v>6.8871</v>
       </c>
       <c r="E52">
-        <v>18432</v>
+        <v>40602</v>
       </c>
       <c r="F52">
-        <v>6.31</v>
+        <v>3.94</v>
       </c>
       <c r="G52">
-        <v>6.23</v>
+        <v>3.6</v>
       </c>
       <c r="H52">
-        <v>115701.09</v>
+        <v>156767.23</v>
       </c>
       <c r="I52">
-        <v>93</v>
+        <v>122</v>
       </c>
       <c r="J52">
-        <v>6.25</v>
+        <v>3.6</v>
       </c>
       <c r="K52" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
         <v>113</v>
       </c>
       <c r="B53" s="1">
         <v>46020.0</v>
       </c>
       <c r="C53">
-        <v>3.9</v>
+        <v>6.31</v>
       </c>
       <c r="D53">
-        <v>-1.7632</v>
+        <v>0.318</v>
       </c>
       <c r="E53">
-        <v>27514</v>
+        <v>18432</v>
       </c>
       <c r="F53">
-        <v>3.98</v>
+        <v>6.31</v>
       </c>
       <c r="G53">
-        <v>3.89</v>
+        <v>6.23</v>
       </c>
       <c r="H53">
-        <v>107916.58</v>
+        <v>115701.09</v>
       </c>
       <c r="I53">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="J53">
-        <v>3.94</v>
+        <v>6.25</v>
       </c>
       <c r="K53" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
         <v>115</v>
       </c>
       <c r="B54" s="1">
         <v>46020.0</v>
       </c>
       <c r="C54">
-        <v>7.78</v>
+        <v>3.9</v>
       </c>
       <c r="D54">
-        <v>1.4342</v>
+        <v>-1.7632</v>
       </c>
       <c r="E54">
-        <v>24684</v>
+        <v>27514</v>
       </c>
       <c r="F54">
-        <v>7.78</v>
+        <v>3.98</v>
       </c>
       <c r="G54">
-        <v>7.56</v>
+        <v>3.89</v>
       </c>
       <c r="H54">
-        <v>188912.1</v>
+        <v>107916.58</v>
       </c>
       <c r="I54">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="J54">
-        <v>7.78</v>
+        <v>3.94</v>
       </c>
       <c r="K54" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="1">
         <v>46020.0</v>
       </c>
       <c r="C55">
-        <v>3.425</v>
+        <v>7.78</v>
       </c>
       <c r="D55">
-        <v>0.7353</v>
+        <v>1.4342</v>
       </c>
       <c r="E55">
-        <v>60246</v>
+        <v>24684</v>
       </c>
       <c r="F55">
-        <v>3.45</v>
+        <v>7.78</v>
       </c>
       <c r="G55">
-        <v>3.225</v>
+        <v>7.56</v>
       </c>
       <c r="H55">
-        <v>205299.44</v>
+        <v>188912.1</v>
       </c>
       <c r="I55">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="J55">
-        <v>3.37</v>
+        <v>7.78</v>
       </c>
       <c r="K55" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
         <v>119</v>
       </c>
       <c r="B56" s="1">
         <v>46020.0</v>
       </c>
       <c r="C56">
-        <v>8.4</v>
+        <v>3.425</v>
       </c>
       <c r="D56">
-        <v>0.0</v>
+        <v>0.7353</v>
       </c>
       <c r="E56">
-        <v>19</v>
+        <v>60246</v>
       </c>
       <c r="F56">
-        <v>8.3</v>
+        <v>3.45</v>
       </c>
       <c r="G56">
-        <v>8.3</v>
+        <v>3.225</v>
       </c>
       <c r="H56">
-        <v>157.7</v>
+        <v>205299.44</v>
       </c>
       <c r="I56">
-        <v>1</v>
+        <v>141</v>
       </c>
       <c r="J56">
-        <v>8.3</v>
+        <v>3.37</v>
       </c>
       <c r="K56" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
         <v>121</v>
       </c>
       <c r="B57" s="1">
         <v>46020.0</v>
       </c>
       <c r="C57">
-        <v>4.305</v>
+        <v>8.4</v>
       </c>
       <c r="D57">
-        <v>-0.3472</v>
+        <v>0.0</v>
       </c>
       <c r="E57">
-        <v>16183</v>
+        <v>19</v>
       </c>
       <c r="F57">
-        <v>4.38</v>
+        <v>8.3</v>
       </c>
       <c r="G57">
-        <v>4.305</v>
+        <v>8.3</v>
       </c>
       <c r="H57">
-        <v>69964.61</v>
+        <v>157.7</v>
       </c>
       <c r="I57">
-        <v>86</v>
+        <v>1</v>
       </c>
       <c r="J57">
-        <v>4.38</v>
+        <v>8.3</v>
       </c>
       <c r="K57" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
         <v>123</v>
       </c>
       <c r="B58" s="1">
         <v>46020.0</v>
       </c>
       <c r="C58">
-        <v>0.424</v>
+        <v>4.305</v>
       </c>
       <c r="D58">
-        <v>3.4146</v>
+        <v>-0.3472</v>
       </c>
       <c r="E58">
-        <v>110470</v>
+        <v>16183</v>
       </c>
       <c r="F58">
-        <v>0.429</v>
+        <v>4.38</v>
       </c>
       <c r="G58">
-        <v>0.406</v>
+        <v>4.305</v>
       </c>
       <c r="H58">
-        <v>45523.98</v>
+        <v>69964.61</v>
       </c>
       <c r="I58">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="J58">
-        <v>0.429</v>
+        <v>4.38</v>
       </c>
       <c r="K58" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
         <v>125</v>
       </c>
       <c r="B59" s="1">
         <v>46020.0</v>
       </c>
       <c r="C59">
-        <v>2.52</v>
+        <v>0.424</v>
       </c>
       <c r="D59">
-        <v>0.0</v>
+        <v>3.4146</v>
       </c>
       <c r="E59">
-        <v>8447</v>
+        <v>110470</v>
       </c>
       <c r="F59">
-        <v>2.55</v>
+        <v>0.429</v>
       </c>
       <c r="G59">
-        <v>2.48</v>
+        <v>0.406</v>
       </c>
       <c r="H59">
-        <v>21099.94</v>
+        <v>45523.98</v>
       </c>
       <c r="I59">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="J59">
-        <v>2.52</v>
+        <v>0.429</v>
       </c>
       <c r="K59" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
         <v>127</v>
       </c>
       <c r="B60" s="1">
         <v>46020.0</v>
       </c>
       <c r="C60">
-        <v>25.26</v>
+        <v>2.52</v>
       </c>
       <c r="D60">
-        <v>0.8786</v>
+        <v>0.0</v>
       </c>
       <c r="E60">
-        <v>221278</v>
+        <v>8447</v>
       </c>
       <c r="F60">
-        <v>25.32</v>
+        <v>2.55</v>
       </c>
       <c r="G60">
-        <v>24.98</v>
+        <v>2.48</v>
       </c>
       <c r="H60">
-        <v>5577663.3</v>
+        <v>21099.94</v>
       </c>
       <c r="I60">
-        <v>954</v>
+        <v>45</v>
       </c>
       <c r="J60">
-        <v>25.04</v>
+        <v>2.52</v>
       </c>
       <c r="K60" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
         <v>129</v>
       </c>
       <c r="B61" s="1">
         <v>46020.0</v>
       </c>
       <c r="C61">
-        <v>0.725</v>
+        <v>25.26</v>
       </c>
       <c r="D61">
-        <v>-2.027</v>
+        <v>0.8786</v>
       </c>
       <c r="E61">
-        <v>11</v>
+        <v>221278</v>
       </c>
       <c r="F61">
-        <v>0.725</v>
+        <v>25.32</v>
       </c>
       <c r="G61">
-        <v>0.725</v>
+        <v>24.98</v>
       </c>
       <c r="H61">
-        <v>7.98</v>
+        <v>5577663.3</v>
       </c>
       <c r="I61">
-        <v>1</v>
+        <v>954</v>
       </c>
       <c r="J61">
-        <v>0.725</v>
+        <v>25.04</v>
       </c>
       <c r="K61" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
         <v>131</v>
       </c>
       <c r="B62" s="1">
         <v>46020.0</v>
       </c>
       <c r="C62">
-        <v>16.92</v>
+        <v>0.725</v>
       </c>
       <c r="D62">
-        <v>0.1183</v>
+        <v>-2.027</v>
       </c>
       <c r="E62">
-        <v>85218</v>
+        <v>11</v>
       </c>
       <c r="F62">
-        <v>16.94</v>
+        <v>0.725</v>
       </c>
       <c r="G62">
-        <v>16.73</v>
+        <v>0.725</v>
       </c>
       <c r="H62">
-        <v>1440895.64</v>
+        <v>7.98</v>
       </c>
       <c r="I62">
-        <v>473</v>
+        <v>1</v>
       </c>
       <c r="J62">
-        <v>16.73</v>
+        <v>0.725</v>
       </c>
       <c r="K62" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
         <v>133</v>
       </c>
       <c r="B63" s="1">
         <v>46020.0</v>
       </c>
       <c r="C63">
-        <v>1.91</v>
+        <v>16.92</v>
       </c>
       <c r="D63">
-        <v>-0.2611</v>
+        <v>0.1183</v>
       </c>
       <c r="E63">
-        <v>4047</v>
+        <v>85218</v>
       </c>
       <c r="F63">
-        <v>1.925</v>
+        <v>16.94</v>
       </c>
       <c r="G63">
-        <v>1.885</v>
+        <v>16.73</v>
       </c>
       <c r="H63">
-        <v>7686.88</v>
+        <v>1440895.64</v>
       </c>
       <c r="I63">
-        <v>28</v>
+        <v>473</v>
       </c>
       <c r="J63">
-        <v>1.915</v>
+        <v>16.73</v>
       </c>
       <c r="K63" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
         <v>135</v>
       </c>
       <c r="B64" s="1">
         <v>46020.0</v>
       </c>
       <c r="C64">
-        <v>0.449</v>
+        <v>1.91</v>
       </c>
       <c r="D64">
-        <v>0.5599</v>
+        <v>-0.2611</v>
       </c>
       <c r="E64">
-        <v>58641</v>
+        <v>4047</v>
       </c>
       <c r="F64">
-        <v>0.45</v>
+        <v>1.925</v>
       </c>
       <c r="G64">
-        <v>0.4385</v>
+        <v>1.885</v>
       </c>
       <c r="H64">
-        <v>26116.53</v>
+        <v>7686.88</v>
       </c>
       <c r="I64">
-        <v>136</v>
+        <v>28</v>
       </c>
       <c r="J64">
-        <v>0.4465</v>
+        <v>1.915</v>
       </c>
       <c r="K64" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
         <v>137</v>
       </c>
       <c r="B65" s="1">
         <v>46020.0</v>
       </c>
       <c r="C65">
-        <v>5.26</v>
+        <v>0.449</v>
       </c>
       <c r="D65">
-        <v>4.7809</v>
+        <v>0.5599</v>
       </c>
       <c r="E65">
-        <v>28798</v>
+        <v>58641</v>
       </c>
       <c r="F65">
-        <v>5.28</v>
+        <v>0.45</v>
       </c>
       <c r="G65">
-        <v>5.08</v>
+        <v>0.4385</v>
       </c>
       <c r="H65">
-        <v>149683.58</v>
+        <v>26116.53</v>
       </c>
       <c r="I65">
-        <v>97</v>
+        <v>136</v>
       </c>
       <c r="J65">
-        <v>5.1</v>
+        <v>0.4465</v>
       </c>
       <c r="K65" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
         <v>139</v>
       </c>
       <c r="B66" s="1">
         <v>46020.0</v>
       </c>
       <c r="C66">
-        <v>6.18</v>
+        <v>5.26</v>
       </c>
       <c r="D66">
-        <v>-0.6431</v>
+        <v>4.7809</v>
       </c>
       <c r="E66">
-        <v>5132</v>
+        <v>28798</v>
       </c>
       <c r="F66">
-        <v>6.24</v>
+        <v>5.28</v>
       </c>
       <c r="G66">
-        <v>6.14</v>
+        <v>5.08</v>
       </c>
       <c r="H66">
-        <v>31875.24</v>
+        <v>149683.58</v>
       </c>
       <c r="I66">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="J66">
-        <v>6.22</v>
+        <v>5.1</v>
       </c>
       <c r="K66" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
         <v>141</v>
       </c>
       <c r="B67" s="1">
         <v>46020.0</v>
       </c>
       <c r="C67">
-        <v>1.058</v>
+        <v>6.18</v>
       </c>
       <c r="D67">
-        <v>1.5355</v>
+        <v>-0.6431</v>
       </c>
       <c r="E67">
-        <v>4740790</v>
+        <v>5132</v>
       </c>
       <c r="F67">
-        <v>1.068</v>
+        <v>6.24</v>
       </c>
       <c r="G67">
-        <v>1.036</v>
+        <v>6.14</v>
       </c>
       <c r="H67">
-        <v>5015776.54</v>
+        <v>31875.24</v>
       </c>
       <c r="I67">
-        <v>800</v>
+        <v>34</v>
       </c>
       <c r="J67">
-        <v>1.044</v>
+        <v>6.22</v>
       </c>
       <c r="K67" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
         <v>143</v>
       </c>
       <c r="B68" s="1">
         <v>46020.0</v>
       </c>
       <c r="C68">
         <v>6.29</v>
       </c>
       <c r="D68">
         <v>0.319</v>
       </c>
       <c r="E68">
         <v>37448</v>
       </c>
       <c r="F68">
         <v>6.3</v>
       </c>
       <c r="G68">