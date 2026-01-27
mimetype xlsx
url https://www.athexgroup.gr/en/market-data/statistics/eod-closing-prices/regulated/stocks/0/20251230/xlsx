--- v0 (2026-01-05)
+++ v1 (2026-01-27)
@@ -197,50 +197,56 @@
   <si>
     <t>BIOT</t>
   </si>
   <si>
     <t>GRS135003002</t>
   </si>
   <si>
     <t>BLEKEDROS</t>
   </si>
   <si>
     <t>GRS524003001</t>
   </si>
   <si>
     <t>BOCHGR</t>
   </si>
   <si>
     <t>IE00BD5B1Y92</t>
   </si>
   <si>
     <t>BRIQ</t>
   </si>
   <si>
     <t>GRS517003000</t>
   </si>
   <si>
+    <t>BYLOT</t>
+  </si>
+  <si>
+    <t>GRS343313003</t>
+  </si>
+  <si>
     <t>CENER</t>
   </si>
   <si>
     <t>BE0974303357</t>
   </si>
   <si>
     <t>CENTR</t>
   </si>
   <si>
     <t>GRS449003003</t>
   </si>
   <si>
     <t>CNLCAP</t>
   </si>
   <si>
     <t>GRS520003005</t>
   </si>
   <si>
     <t>CPI</t>
   </si>
   <si>
     <t>GRS413313008</t>
   </si>
   <si>
     <t>CREDIA</t>
@@ -435,56 +441,50 @@
     <t>GRS260333000</t>
   </si>
   <si>
     <t>IATR</t>
   </si>
   <si>
     <t>GRS147233001</t>
   </si>
   <si>
     <t>IKTIN</t>
   </si>
   <si>
     <t>GRS372003004</t>
   </si>
   <si>
     <t>ILYDA</t>
   </si>
   <si>
     <t>GRS475003018</t>
   </si>
   <si>
     <t>INLIF</t>
   </si>
   <si>
     <t>GRS805003001</t>
-  </si>
-[...4 lines deleted...]
-    <t>GRS343313003</t>
   </si>
   <si>
     <t>INTEK</t>
   </si>
   <si>
     <t>GRS148003015</t>
   </si>
   <si>
     <t>INTET</t>
   </si>
   <si>
     <t>GRS247003007</t>
   </si>
   <si>
     <t>INTRK</t>
   </si>
   <si>
     <t>GRS087003000</t>
   </si>
   <si>
     <t>KARE</t>
   </si>
   <si>
     <t>GRS120003009</t>
   </si>
@@ -2146,1472 +2146,1472 @@
       </c>
       <c r="G26">
         <v>2.93</v>
       </c>
       <c r="H26">
         <v>35829.09</v>
       </c>
       <c r="I26">
         <v>25</v>
       </c>
       <c r="J26">
         <v>2.99</v>
       </c>
       <c r="K26" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="1">
         <v>46021.0</v>
       </c>
       <c r="C27">
-        <v>15.04</v>
+        <v>1.056</v>
       </c>
       <c r="D27">
-        <v>-0.7916</v>
+        <v>-0.189</v>
       </c>
       <c r="E27">
-        <v>88233</v>
+        <v>1173539</v>
       </c>
       <c r="F27">
-        <v>15.46</v>
+        <v>1.064</v>
       </c>
       <c r="G27">
-        <v>15.04</v>
+        <v>1.054</v>
       </c>
       <c r="H27">
-        <v>1348289.96</v>
+        <v>1241230.57</v>
       </c>
       <c r="I27">
-        <v>434</v>
+        <v>349</v>
       </c>
       <c r="J27">
-        <v>15.16</v>
+        <v>1.064</v>
       </c>
       <c r="K27" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="1">
         <v>46021.0</v>
       </c>
       <c r="C28">
-        <v>0.34</v>
+        <v>15.04</v>
       </c>
       <c r="D28">
-        <v>0.295</v>
+        <v>-0.7916</v>
       </c>
       <c r="E28">
-        <v>32862</v>
+        <v>88233</v>
       </c>
       <c r="F28">
-        <v>0.342</v>
+        <v>15.46</v>
       </c>
       <c r="G28">
-        <v>0.332</v>
+        <v>15.04</v>
       </c>
       <c r="H28">
-        <v>11076.47</v>
+        <v>1348289.96</v>
       </c>
       <c r="I28">
-        <v>35</v>
+        <v>434</v>
       </c>
       <c r="J28">
-        <v>0.339</v>
+        <v>15.16</v>
       </c>
       <c r="K28" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="1">
         <v>46021.0</v>
       </c>
       <c r="C29">
-        <v>7.1</v>
+        <v>0.34</v>
       </c>
       <c r="D29">
-        <v>0.0</v>
+        <v>0.295</v>
       </c>
       <c r="E29">
-        <v>189</v>
+        <v>32862</v>
       </c>
       <c r="F29">
-        <v>7.1</v>
+        <v>0.342</v>
       </c>
       <c r="G29">
-        <v>7.1</v>
+        <v>0.332</v>
       </c>
       <c r="H29">
-        <v>1341.9</v>
+        <v>11076.47</v>
       </c>
       <c r="I29">
-        <v>2</v>
+        <v>35</v>
       </c>
       <c r="J29">
-        <v>7.1</v>
+        <v>0.339</v>
       </c>
       <c r="K29" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="1">
         <v>46021.0</v>
       </c>
       <c r="C30">
-        <v>0.624</v>
+        <v>7.1</v>
       </c>
       <c r="D30">
-        <v>2.2951</v>
+        <v>0.0</v>
       </c>
       <c r="E30">
-        <v>4343</v>
+        <v>189</v>
       </c>
       <c r="F30">
-        <v>0.624</v>
+        <v>7.1</v>
       </c>
       <c r="G30">
-        <v>0.61</v>
+        <v>7.1</v>
       </c>
       <c r="H30">
-        <v>2677.43</v>
+        <v>1341.9</v>
       </c>
       <c r="I30">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="J30">
-        <v>0.62</v>
+        <v>7.1</v>
       </c>
       <c r="K30" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="1">
         <v>46021.0</v>
       </c>
       <c r="C31">
-        <v>1.588</v>
+        <v>0.624</v>
       </c>
       <c r="D31">
-        <v>-0.6258</v>
+        <v>2.2951</v>
       </c>
       <c r="E31">
-        <v>557385</v>
+        <v>4343</v>
       </c>
       <c r="F31">
-        <v>1.628</v>
+        <v>0.624</v>
       </c>
       <c r="G31">
-        <v>1.586</v>
+        <v>0.61</v>
       </c>
       <c r="H31">
-        <v>895199.2</v>
+        <v>2677.43</v>
       </c>
       <c r="I31">
-        <v>371</v>
+        <v>12</v>
       </c>
       <c r="J31">
-        <v>1.628</v>
+        <v>0.62</v>
       </c>
       <c r="K31" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="1">
         <v>46021.0</v>
       </c>
       <c r="C32">
-        <v>6.85</v>
+        <v>1.588</v>
       </c>
       <c r="D32">
-        <v>-2.1429</v>
+        <v>-0.6258</v>
       </c>
       <c r="E32">
-        <v>1300</v>
+        <v>557385</v>
       </c>
       <c r="F32">
-        <v>7.05</v>
+        <v>1.628</v>
       </c>
       <c r="G32">
-        <v>6.8</v>
+        <v>1.586</v>
       </c>
       <c r="H32">
-        <v>8992.5</v>
+        <v>895199.2</v>
       </c>
       <c r="I32">
-        <v>28</v>
+        <v>371</v>
       </c>
       <c r="J32">
-        <v>7.05</v>
+        <v>1.628</v>
       </c>
       <c r="K32" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="1">
         <v>46021.0</v>
       </c>
       <c r="C33">
-        <v>11.0</v>
+        <v>6.85</v>
       </c>
       <c r="D33">
-        <v>0.9174</v>
+        <v>-2.1429</v>
       </c>
       <c r="E33">
-        <v>31152</v>
+        <v>1300</v>
       </c>
       <c r="F33">
-        <v>11.0</v>
+        <v>7.05</v>
       </c>
       <c r="G33">
-        <v>10.7</v>
+        <v>6.8</v>
       </c>
       <c r="H33">
-        <v>338283.35</v>
+        <v>8992.5</v>
       </c>
       <c r="I33">
-        <v>167</v>
+        <v>28</v>
       </c>
       <c r="J33">
-        <v>10.8</v>
+        <v>7.05</v>
       </c>
       <c r="K33" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="1">
         <v>46021.0</v>
       </c>
       <c r="C34">
-        <v>2.36</v>
+        <v>11.0</v>
       </c>
       <c r="D34">
-        <v>6.3063</v>
+        <v>0.9174</v>
       </c>
       <c r="E34">
-        <v>81882</v>
+        <v>31152</v>
       </c>
       <c r="F34">
-        <v>2.36</v>
+        <v>11.0</v>
       </c>
       <c r="G34">
-        <v>2.19</v>
+        <v>10.7</v>
       </c>
       <c r="H34">
-        <v>188328.16</v>
+        <v>338283.35</v>
       </c>
       <c r="I34">
-        <v>210</v>
+        <v>167</v>
       </c>
       <c r="J34">
-        <v>2.24</v>
+        <v>10.8</v>
       </c>
       <c r="K34" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="1">
         <v>46021.0</v>
       </c>
       <c r="C35">
-        <v>0.364</v>
+        <v>2.36</v>
       </c>
       <c r="D35">
-        <v>1.1111</v>
+        <v>6.3063</v>
       </c>
       <c r="E35">
-        <v>3101</v>
+        <v>81882</v>
       </c>
       <c r="F35">
-        <v>0.376</v>
+        <v>2.36</v>
       </c>
       <c r="G35">
-        <v>0.352</v>
+        <v>2.19</v>
       </c>
       <c r="H35">
-        <v>1144.68</v>
+        <v>188328.16</v>
       </c>
       <c r="I35">
-        <v>22</v>
+        <v>210</v>
       </c>
       <c r="J35">
-        <v>0.376</v>
+        <v>2.24</v>
       </c>
       <c r="K35" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="1">
         <v>46021.0</v>
       </c>
       <c r="C36">
-        <v>0.25</v>
+        <v>0.364</v>
       </c>
       <c r="D36">
-        <v>0.0</v>
+        <v>1.1111</v>
       </c>
       <c r="E36">
-        <v>0</v>
+        <v>3101</v>
       </c>
       <c r="F36">
-        <v>0.0</v>
+        <v>0.376</v>
       </c>
       <c r="G36">
-        <v>0.0</v>
+        <v>0.352</v>
       </c>
       <c r="H36">
-        <v>0.0</v>
+        <v>1144.68</v>
       </c>
       <c r="I36">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="J36">
-        <v>0.0</v>
+        <v>0.376</v>
       </c>
       <c r="K36" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="1">
         <v>46021.0</v>
       </c>
       <c r="C37">
-        <v>44.08</v>
+        <v>0.25</v>
       </c>
       <c r="D37">
-        <v>0.6393</v>
+        <v>0.0</v>
       </c>
       <c r="E37">
-        <v>10202</v>
+        <v>0</v>
       </c>
       <c r="F37">
-        <v>44.3</v>
+        <v>0.0</v>
       </c>
       <c r="G37">
-        <v>43.74</v>
+        <v>0.0</v>
       </c>
       <c r="H37">
-        <v>450222.54</v>
+        <v>0.0</v>
       </c>
       <c r="I37">
-        <v>122</v>
+        <v>0</v>
       </c>
       <c r="J37">
-        <v>43.74</v>
+        <v>0.0</v>
       </c>
       <c r="K37" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="1">
         <v>46021.0</v>
       </c>
       <c r="C38">
-        <v>1.996</v>
+        <v>44.08</v>
       </c>
       <c r="D38">
-        <v>0.4024</v>
+        <v>0.6393</v>
       </c>
       <c r="E38">
-        <v>42792</v>
+        <v>10202</v>
       </c>
       <c r="F38">
-        <v>2.025</v>
+        <v>44.3</v>
       </c>
       <c r="G38">
-        <v>1.96</v>
+        <v>43.74</v>
       </c>
       <c r="H38">
-        <v>84992.47</v>
+        <v>450222.54</v>
       </c>
       <c r="I38">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="J38">
-        <v>1.99</v>
+        <v>43.74</v>
       </c>
       <c r="K38" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="1">
         <v>46021.0</v>
       </c>
       <c r="C39">
-        <v>3.72</v>
+        <v>1.996</v>
       </c>
       <c r="D39">
-        <v>1.087</v>
+        <v>0.4024</v>
       </c>
       <c r="E39">
-        <v>102517</v>
+        <v>42792</v>
       </c>
       <c r="F39">
-        <v>3.8</v>
+        <v>2.025</v>
       </c>
       <c r="G39">
-        <v>3.7</v>
+        <v>1.96</v>
       </c>
       <c r="H39">
-        <v>384747.27</v>
+        <v>84992.47</v>
       </c>
       <c r="I39">
-        <v>288</v>
+        <v>108</v>
       </c>
       <c r="J39">
-        <v>3.7</v>
+        <v>1.99</v>
       </c>
       <c r="K39" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="1">
         <v>46021.0</v>
       </c>
       <c r="C40">
-        <v>5.25</v>
+        <v>3.72</v>
       </c>
       <c r="D40">
-        <v>-1.8692</v>
+        <v>1.087</v>
       </c>
       <c r="E40">
-        <v>195</v>
+        <v>102517</v>
       </c>
       <c r="F40">
-        <v>5.25</v>
+        <v>3.8</v>
       </c>
       <c r="G40">
-        <v>5.25</v>
+        <v>3.7</v>
       </c>
       <c r="H40">
-        <v>1023.75</v>
+        <v>384747.27</v>
       </c>
       <c r="I40">
-        <v>3</v>
+        <v>288</v>
       </c>
       <c r="J40">
-        <v>5.25</v>
+        <v>3.7</v>
       </c>
       <c r="K40" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="1">
         <v>46021.0</v>
       </c>
       <c r="C41">
-        <v>3.77</v>
+        <v>5.25</v>
       </c>
       <c r="D41">
-        <v>-2.3316</v>
+        <v>-1.8692</v>
       </c>
       <c r="E41">
-        <v>188640</v>
+        <v>195</v>
       </c>
       <c r="F41">
-        <v>3.86</v>
+        <v>5.25</v>
       </c>
       <c r="G41">
-        <v>3.74</v>
+        <v>5.25</v>
       </c>
       <c r="H41">
-        <v>715160.12</v>
+        <v>1023.75</v>
       </c>
       <c r="I41">
-        <v>640</v>
+        <v>3</v>
       </c>
       <c r="J41">
-        <v>3.86</v>
+        <v>5.25</v>
       </c>
       <c r="K41" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="1">
         <v>46021.0</v>
       </c>
       <c r="C42">
-        <v>2.34</v>
+        <v>3.77</v>
       </c>
       <c r="D42">
-        <v>1.2987</v>
+        <v>-2.3316</v>
       </c>
       <c r="E42">
-        <v>14504</v>
+        <v>188640</v>
       </c>
       <c r="F42">
-        <v>2.38</v>
+        <v>3.86</v>
       </c>
       <c r="G42">
-        <v>2.28</v>
+        <v>3.74</v>
       </c>
       <c r="H42">
-        <v>33742.99</v>
+        <v>715160.12</v>
       </c>
       <c r="I42">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="J42">
-        <v>2.29</v>
+        <v>3.86</v>
       </c>
       <c r="K42" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="1">
         <v>46021.0</v>
       </c>
       <c r="C43">
-        <v>1.31</v>
+        <v>2.34</v>
       </c>
       <c r="D43">
-        <v>0.6144</v>
+        <v>1.2987</v>
       </c>
       <c r="E43">
-        <v>153073</v>
+        <v>14504</v>
       </c>
       <c r="F43">
-        <v>1.318</v>
+        <v>2.38</v>
       </c>
       <c r="G43">
-        <v>1.298</v>
+        <v>2.28</v>
       </c>
       <c r="H43">
-        <v>200280.02</v>
+        <v>33742.99</v>
       </c>
       <c r="I43">
-        <v>315</v>
+        <v>33</v>
       </c>
       <c r="J43">
-        <v>1.302</v>
+        <v>2.29</v>
       </c>
       <c r="K43" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="1">
         <v>46021.0</v>
       </c>
       <c r="C44">
-        <v>8.365</v>
+        <v>1.31</v>
       </c>
       <c r="D44">
-        <v>-1.2397</v>
+        <v>0.6144</v>
       </c>
       <c r="E44">
-        <v>174888</v>
+        <v>153073</v>
       </c>
       <c r="F44">
-        <v>8.505</v>
+        <v>1.318</v>
       </c>
       <c r="G44">
-        <v>8.365</v>
+        <v>1.298</v>
       </c>
       <c r="H44">
-        <v>1474657.39</v>
+        <v>200280.02</v>
       </c>
       <c r="I44">
-        <v>642</v>
+        <v>315</v>
       </c>
       <c r="J44">
-        <v>8.45</v>
+        <v>1.302</v>
       </c>
       <c r="K44" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="1">
         <v>46021.0</v>
       </c>
       <c r="C45">
-        <v>2.43</v>
+        <v>8.365</v>
       </c>
       <c r="D45">
-        <v>0.4132</v>
+        <v>-1.2397</v>
       </c>
       <c r="E45">
-        <v>5174</v>
+        <v>174888</v>
       </c>
       <c r="F45">
-        <v>2.48</v>
+        <v>8.505</v>
       </c>
       <c r="G45">
-        <v>2.37</v>
+        <v>8.365</v>
       </c>
       <c r="H45">
-        <v>12494.18</v>
+        <v>1474657.39</v>
       </c>
       <c r="I45">
-        <v>27</v>
+        <v>642</v>
       </c>
       <c r="J45">
-        <v>2.46</v>
+        <v>8.45</v>
       </c>
       <c r="K45" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="1">
         <v>46021.0</v>
       </c>
       <c r="C46">
-        <v>2.09</v>
+        <v>2.43</v>
       </c>
       <c r="D46">
-        <v>-2.3364</v>
+        <v>0.4132</v>
       </c>
       <c r="E46">
-        <v>55151</v>
+        <v>5174</v>
       </c>
       <c r="F46">
-        <v>2.14</v>
+        <v>2.48</v>
       </c>
       <c r="G46">
-        <v>2.09</v>
+        <v>2.37</v>
       </c>
       <c r="H46">
-        <v>116441.65</v>
+        <v>12494.18</v>
       </c>
       <c r="I46">
-        <v>102</v>
+        <v>27</v>
       </c>
       <c r="J46">
-        <v>2.12</v>
+        <v>2.46</v>
       </c>
       <c r="K46" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="1">
         <v>46021.0</v>
       </c>
       <c r="C47">
-        <v>0.132</v>
+        <v>2.09</v>
       </c>
       <c r="D47">
-        <v>0.0</v>
+        <v>-2.3364</v>
       </c>
       <c r="E47">
-        <v>0</v>
+        <v>55151</v>
       </c>
       <c r="F47">
-        <v>0.0</v>
+        <v>2.14</v>
       </c>
       <c r="G47">
-        <v>0.0</v>
+        <v>2.09</v>
       </c>
       <c r="H47">
-        <v>0.0</v>
+        <v>116441.65</v>
       </c>
       <c r="I47">
-        <v>0</v>
+        <v>102</v>
       </c>
       <c r="J47">
-        <v>0.0</v>
+        <v>2.12</v>
       </c>
       <c r="K47" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="1">
         <v>46021.0</v>
       </c>
       <c r="C48">
-        <v>13.17</v>
+        <v>0.132</v>
       </c>
       <c r="D48">
-        <v>-0.3405</v>
+        <v>0.0</v>
       </c>
       <c r="E48">
-        <v>758464</v>
+        <v>0</v>
       </c>
       <c r="F48">
-        <v>13.36</v>
+        <v>0.0</v>
       </c>
       <c r="G48">
-        <v>13.17</v>
+        <v>0.0</v>
       </c>
       <c r="H48">
-        <v>10044973.91</v>
+        <v>0.0</v>
       </c>
       <c r="I48">
-        <v>1632</v>
+        <v>0</v>
       </c>
       <c r="J48">
-        <v>13.36</v>
+        <v>0.0</v>
       </c>
       <c r="K48" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="1">
         <v>46021.0</v>
       </c>
       <c r="C49">
-        <v>3.495</v>
+        <v>13.17</v>
       </c>
       <c r="D49">
-        <v>0.0</v>
+        <v>-0.3405</v>
       </c>
       <c r="E49">
-        <v>3718030</v>
+        <v>758464</v>
       </c>
       <c r="F49">
-        <v>3.516</v>
+        <v>13.36</v>
       </c>
       <c r="G49">
-        <v>3.467</v>
+        <v>13.17</v>
       </c>
       <c r="H49">
-        <v>12974873.45</v>
+        <v>10044973.91</v>
       </c>
       <c r="I49">
-        <v>2612</v>
+        <v>1632</v>
       </c>
       <c r="J49">
-        <v>3.516</v>
+        <v>13.36</v>
       </c>
       <c r="K49" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
         <v>107</v>
       </c>
       <c r="B50" s="1">
         <v>46021.0</v>
       </c>
       <c r="C50">
-        <v>2.0</v>
+        <v>3.495</v>
       </c>
       <c r="D50">
-        <v>0.5025</v>
+        <v>0.0</v>
       </c>
       <c r="E50">
-        <v>24882</v>
+        <v>3718030</v>
       </c>
       <c r="F50">
-        <v>2.0</v>
+        <v>3.516</v>
       </c>
       <c r="G50">
-        <v>1.975</v>
+        <v>3.467</v>
       </c>
       <c r="H50">
-        <v>49598.38</v>
+        <v>12974873.45</v>
       </c>
       <c r="I50">
-        <v>68</v>
+        <v>2612</v>
       </c>
       <c r="J50">
-        <v>1.995</v>
+        <v>3.516</v>
       </c>
       <c r="K50" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
         <v>109</v>
       </c>
       <c r="B51" s="1">
         <v>46021.0</v>
       </c>
       <c r="C51">
-        <v>3.64</v>
+        <v>2.0</v>
       </c>
       <c r="D51">
-        <v>-6.1856</v>
+        <v>0.5025</v>
       </c>
       <c r="E51">
-        <v>23192</v>
+        <v>24882</v>
       </c>
       <c r="F51">
-        <v>3.91</v>
+        <v>2.0</v>
       </c>
       <c r="G51">
-        <v>3.59</v>
+        <v>1.975</v>
       </c>
       <c r="H51">
-        <v>86269.5</v>
+        <v>49598.38</v>
       </c>
       <c r="I51">
-        <v>102</v>
+        <v>68</v>
       </c>
       <c r="J51">
-        <v>3.89</v>
+        <v>1.995</v>
       </c>
       <c r="K51" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="1">
         <v>46021.0</v>
       </c>
       <c r="C52">
-        <v>6.31</v>
+        <v>3.64</v>
       </c>
       <c r="D52">
-        <v>0.0</v>
+        <v>-6.1856</v>
       </c>
       <c r="E52">
-        <v>34540</v>
+        <v>23192</v>
       </c>
       <c r="F52">
-        <v>6.32</v>
+        <v>3.91</v>
       </c>
       <c r="G52">
-        <v>6.26</v>
+        <v>3.59</v>
       </c>
       <c r="H52">
-        <v>217764.33</v>
+        <v>86269.5</v>
       </c>
       <c r="I52">
-        <v>130</v>
+        <v>102</v>
       </c>
       <c r="J52">
-        <v>6.26</v>
+        <v>3.89</v>
       </c>
       <c r="K52" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
         <v>113</v>
       </c>
       <c r="B53" s="1">
         <v>46021.0</v>
       </c>
       <c r="C53">
-        <v>3.9</v>
+        <v>6.31</v>
       </c>
       <c r="D53">
         <v>0.0</v>
       </c>
       <c r="E53">
-        <v>9395</v>
+        <v>34540</v>
       </c>
       <c r="F53">
-        <v>3.96</v>
+        <v>6.32</v>
       </c>
       <c r="G53">
-        <v>3.86</v>
+        <v>6.26</v>
       </c>
       <c r="H53">
-        <v>36688.27</v>
+        <v>217764.33</v>
       </c>
       <c r="I53">
-        <v>54</v>
+        <v>130</v>
       </c>
       <c r="J53">
-        <v>3.9</v>
+        <v>6.26</v>
       </c>
       <c r="K53" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
         <v>115</v>
       </c>
       <c r="B54" s="1">
         <v>46021.0</v>
       </c>
       <c r="C54">
-        <v>7.79</v>
+        <v>3.9</v>
       </c>
       <c r="D54">
-        <v>0.1285</v>
+        <v>0.0</v>
       </c>
       <c r="E54">
-        <v>22054</v>
+        <v>9395</v>
       </c>
       <c r="F54">
-        <v>7.79</v>
+        <v>3.96</v>
       </c>
       <c r="G54">
-        <v>7.69</v>
+        <v>3.86</v>
       </c>
       <c r="H54">
-        <v>171005.76</v>
+        <v>36688.27</v>
       </c>
       <c r="I54">
-        <v>97</v>
+        <v>54</v>
       </c>
       <c r="J54">
-        <v>7.78</v>
+        <v>3.9</v>
       </c>
       <c r="K54" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="1">
         <v>46021.0</v>
       </c>
       <c r="C55">
-        <v>3.435</v>
+        <v>7.79</v>
       </c>
       <c r="D55">
-        <v>0.292</v>
+        <v>0.1285</v>
       </c>
       <c r="E55">
-        <v>30251</v>
+        <v>22054</v>
       </c>
       <c r="F55">
-        <v>3.44</v>
+        <v>7.79</v>
       </c>
       <c r="G55">
-        <v>3.41</v>
+        <v>7.69</v>
       </c>
       <c r="H55">
-        <v>103681.86</v>
+        <v>171005.76</v>
       </c>
       <c r="I55">
-        <v>54</v>
+        <v>97</v>
       </c>
       <c r="J55">
-        <v>3.43</v>
+        <v>7.78</v>
       </c>
       <c r="K55" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
         <v>119</v>
       </c>
       <c r="B56" s="1">
         <v>46021.0</v>
       </c>
       <c r="C56">
-        <v>8.4</v>
+        <v>3.435</v>
       </c>
       <c r="D56">
-        <v>0.0</v>
+        <v>0.292</v>
       </c>
       <c r="E56">
-        <v>11</v>
+        <v>30251</v>
       </c>
       <c r="F56">
-        <v>8.55</v>
+        <v>3.44</v>
       </c>
       <c r="G56">
-        <v>8.55</v>
+        <v>3.41</v>
       </c>
       <c r="H56">
-        <v>94.05</v>
+        <v>103681.86</v>
       </c>
       <c r="I56">
-        <v>1</v>
+        <v>54</v>
       </c>
       <c r="J56">
-        <v>8.55</v>
+        <v>3.43</v>
       </c>
       <c r="K56" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
         <v>121</v>
       </c>
       <c r="B57" s="1">
         <v>46021.0</v>
       </c>
       <c r="C57">
-        <v>4.3</v>
+        <v>8.4</v>
       </c>
       <c r="D57">
-        <v>-0.1161</v>
+        <v>0.0</v>
       </c>
       <c r="E57">
-        <v>24207</v>
+        <v>11</v>
       </c>
       <c r="F57">
-        <v>4.33</v>
+        <v>8.55</v>
       </c>
       <c r="G57">
-        <v>4.275</v>
+        <v>8.55</v>
       </c>
       <c r="H57">
-        <v>104058.37</v>
+        <v>94.05</v>
       </c>
       <c r="I57">
-        <v>127</v>
+        <v>1</v>
       </c>
       <c r="J57">
-        <v>4.315</v>
+        <v>8.55</v>
       </c>
       <c r="K57" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
         <v>123</v>
       </c>
       <c r="B58" s="1">
         <v>46021.0</v>
       </c>
       <c r="C58">
-        <v>0.416</v>
+        <v>4.3</v>
       </c>
       <c r="D58">
-        <v>-1.8868</v>
+        <v>-0.1161</v>
       </c>
       <c r="E58">
-        <v>116197</v>
+        <v>24207</v>
       </c>
       <c r="F58">
-        <v>0.439</v>
+        <v>4.33</v>
       </c>
       <c r="G58">
-        <v>0.41</v>
+        <v>4.275</v>
       </c>
       <c r="H58">
-        <v>48662.19</v>
+        <v>104058.37</v>
       </c>
       <c r="I58">
-        <v>83</v>
+        <v>127</v>
       </c>
       <c r="J58">
-        <v>0.435</v>
+        <v>4.315</v>
       </c>
       <c r="K58" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
         <v>125</v>
       </c>
       <c r="B59" s="1">
         <v>46021.0</v>
       </c>
       <c r="C59">
-        <v>2.46</v>
+        <v>0.416</v>
       </c>
       <c r="D59">
-        <v>-2.381</v>
+        <v>-1.8868</v>
       </c>
       <c r="E59">
-        <v>6362</v>
+        <v>116197</v>
       </c>
       <c r="F59">
-        <v>2.55</v>
+        <v>0.439</v>
       </c>
       <c r="G59">
-        <v>2.43</v>
+        <v>0.41</v>
       </c>
       <c r="H59">
-        <v>15802.81</v>
+        <v>48662.19</v>
       </c>
       <c r="I59">
-        <v>30</v>
+        <v>83</v>
       </c>
       <c r="J59">
-        <v>2.54</v>
+        <v>0.435</v>
       </c>
       <c r="K59" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
         <v>127</v>
       </c>
       <c r="B60" s="1">
         <v>46021.0</v>
       </c>
       <c r="C60">
-        <v>25.4</v>
+        <v>2.46</v>
       </c>
       <c r="D60">
-        <v>0.5542</v>
+        <v>-2.381</v>
       </c>
       <c r="E60">
-        <v>144691</v>
+        <v>6362</v>
       </c>
       <c r="F60">
-        <v>25.6</v>
+        <v>2.55</v>
       </c>
       <c r="G60">
-        <v>25.38</v>
+        <v>2.43</v>
       </c>
       <c r="H60">
-        <v>3689013.7</v>
+        <v>15802.81</v>
       </c>
       <c r="I60">
-        <v>725</v>
+        <v>30</v>
       </c>
       <c r="J60">
-        <v>25.44</v>
+        <v>2.54</v>
       </c>
       <c r="K60" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
         <v>129</v>
       </c>
       <c r="B61" s="1">
         <v>46021.0</v>
       </c>
       <c r="C61">
-        <v>0.735</v>
+        <v>25.4</v>
       </c>
       <c r="D61">
-        <v>1.3793</v>
+        <v>0.5542</v>
       </c>
       <c r="E61">
-        <v>682</v>
+        <v>144691</v>
       </c>
       <c r="F61">
-        <v>0.735</v>
+        <v>25.6</v>
       </c>
       <c r="G61">
-        <v>0.725</v>
+        <v>25.38</v>
       </c>
       <c r="H61">
-        <v>494.56</v>
+        <v>3689013.7</v>
       </c>
       <c r="I61">
-        <v>3</v>
+        <v>725</v>
       </c>
       <c r="J61">
-        <v>0.725</v>
+        <v>25.44</v>
       </c>
       <c r="K61" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
         <v>131</v>
       </c>
       <c r="B62" s="1">
         <v>46021.0</v>
       </c>
       <c r="C62">
-        <v>16.95</v>
+        <v>0.735</v>
       </c>
       <c r="D62">
-        <v>0.1773</v>
+        <v>1.3793</v>
       </c>
       <c r="E62">
-        <v>144038</v>
+        <v>682</v>
       </c>
       <c r="F62">
-        <v>16.98</v>
+        <v>0.735</v>
       </c>
       <c r="G62">
-        <v>16.8</v>
+        <v>0.725</v>
       </c>
       <c r="H62">
-        <v>2438148.45</v>
+        <v>494.56</v>
       </c>
       <c r="I62">
-        <v>642</v>
+        <v>3</v>
       </c>
       <c r="J62">
-        <v>16.94</v>
+        <v>0.725</v>
       </c>
       <c r="K62" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
         <v>133</v>
       </c>
       <c r="B63" s="1">
         <v>46021.0</v>
       </c>
       <c r="C63">
-        <v>1.965</v>
+        <v>16.95</v>
       </c>
       <c r="D63">
-        <v>2.8796</v>
+        <v>0.1773</v>
       </c>
       <c r="E63">
-        <v>16218</v>
+        <v>144038</v>
       </c>
       <c r="F63">
-        <v>1.965</v>
+        <v>16.98</v>
       </c>
       <c r="G63">
-        <v>1.885</v>
+        <v>16.8</v>
       </c>
       <c r="H63">
-        <v>31358.42</v>
+        <v>2438148.45</v>
       </c>
       <c r="I63">
-        <v>63</v>
+        <v>642</v>
       </c>
       <c r="J63">
-        <v>1.89</v>
+        <v>16.94</v>
       </c>
       <c r="K63" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
         <v>135</v>
       </c>
       <c r="B64" s="1">
         <v>46021.0</v>
       </c>
       <c r="C64">
-        <v>0.4405</v>
+        <v>1.965</v>
       </c>
       <c r="D64">
-        <v>-1.8931</v>
+        <v>2.8796</v>
       </c>
       <c r="E64">
-        <v>141405</v>
+        <v>16218</v>
       </c>
       <c r="F64">
-        <v>0.453</v>
+        <v>1.965</v>
       </c>
       <c r="G64">
-        <v>0.44</v>
+        <v>1.885</v>
       </c>
       <c r="H64">
-        <v>62693.96</v>
+        <v>31358.42</v>
       </c>
       <c r="I64">
-        <v>190</v>
+        <v>63</v>
       </c>
       <c r="J64">
-        <v>0.45</v>
+        <v>1.89</v>
       </c>
       <c r="K64" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
         <v>137</v>
       </c>
       <c r="B65" s="1">
         <v>46021.0</v>
       </c>
       <c r="C65">
-        <v>5.34</v>
+        <v>0.4405</v>
       </c>
       <c r="D65">
-        <v>1.5209</v>
+        <v>-1.8931</v>
       </c>
       <c r="E65">
-        <v>13388</v>
+        <v>141405</v>
       </c>
       <c r="F65">
-        <v>5.34</v>
+        <v>0.453</v>
       </c>
       <c r="G65">
-        <v>5.22</v>
+        <v>0.44</v>
       </c>
       <c r="H65">
-        <v>70665.76</v>
+        <v>62693.96</v>
       </c>
       <c r="I65">
-        <v>68</v>
+        <v>190</v>
       </c>
       <c r="J65">
-        <v>5.3</v>
+        <v>0.45</v>
       </c>
       <c r="K65" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
         <v>139</v>
       </c>
       <c r="B66" s="1">
         <v>46021.0</v>
       </c>
       <c r="C66">
-        <v>6.2</v>
+        <v>5.34</v>
       </c>
       <c r="D66">
-        <v>0.3236</v>
+        <v>1.5209</v>
       </c>
       <c r="E66">
-        <v>4081</v>
+        <v>13388</v>
       </c>
       <c r="F66">
-        <v>6.3</v>
+        <v>5.34</v>
       </c>
       <c r="G66">
-        <v>6.18</v>
+        <v>5.22</v>
       </c>
       <c r="H66">
-        <v>25374.64</v>
+        <v>70665.76</v>
       </c>
       <c r="I66">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="J66">
-        <v>6.22</v>
+        <v>5.3</v>
       </c>
       <c r="K66" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
         <v>141</v>
       </c>
       <c r="B67" s="1">
         <v>46021.0</v>
       </c>
       <c r="C67">
-        <v>1.056</v>
+        <v>6.2</v>
       </c>
       <c r="D67">
-        <v>-0.189</v>
+        <v>0.3236</v>
       </c>
       <c r="E67">
-        <v>1173539</v>
+        <v>4081</v>
       </c>
       <c r="F67">
-        <v>1.064</v>
+        <v>6.3</v>
       </c>
       <c r="G67">
-        <v>1.054</v>
+        <v>6.18</v>
       </c>
       <c r="H67">
-        <v>1241230.57</v>
+        <v>25374.64</v>
       </c>
       <c r="I67">
-        <v>349</v>
+        <v>36</v>
       </c>
       <c r="J67">
-        <v>1.064</v>
+        <v>6.22</v>
       </c>
       <c r="K67" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
         <v>143</v>
       </c>
       <c r="B68" s="1">
         <v>46021.0</v>
       </c>
       <c r="C68">
         <v>6.28</v>
       </c>
       <c r="D68">
         <v>-0.159</v>
       </c>
       <c r="E68">
         <v>47276</v>
       </c>
       <c r="F68">
         <v>6.3</v>
       </c>
       <c r="G68">